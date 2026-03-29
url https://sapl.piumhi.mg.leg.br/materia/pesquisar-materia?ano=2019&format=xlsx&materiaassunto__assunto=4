--- v0 (2026-02-03)
+++ v1 (2026-03-29)
@@ -54,126 +54,126 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>OFSOL</t>
   </si>
   <si>
     <t>Ofício/Solicitação</t>
   </si>
   <si>
     <t>Sargento Zé Welington, Segundinho, Shirley da Educação</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/542/oficio_no_01_-_2019_-_vereadoresi.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/542/oficio_no_01_-_2019_-_vereadoresi.pdf</t>
   </si>
   <si>
     <t>Trata-se do Edital de Processo Seletivo Simplificado n. 21/2018 (DT 2019), que tem por objeto a seleção para a contratação de Monitor, Supervisor Escolar e Professor de Educação Física, para o exercício de 2019, com previsão de inscrição/realização no período de 07/01/2019 à 11/01/2019._x000D_
 _x000D_
 Pedido que seja prorrogado os contratos decorrentes do Processo Seletivo em vigor OU, alternativamente, seja_x000D_
 incluído no Edital 021/2018 (DT 2019), a "prova escrita” e "a ampliação do tempo de serviço”,_x000D_
 nos termos acima expostos. Nesta ordem!</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/752/oficio_no_05_-_2019_-_cljri.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/752/oficio_no_05_-_2019_-_cljri.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, no uso de suas atribuições regimentais, vêm através deste. espor e requerer de V. Exa. o que ora segue abaixo:_x000D_
 A Administração Municipal disponibilizou toda documentação relativa ao Processo Seletivo Simplificado n° 21/2018( DT20'9), na Secretaria Municipal de Educação, para consulta e análise conforme ofício n° 26/2019 em anexo._x000D_
 Diante disso, informante-, que as atribuições do Vereador neste caso são desenvolvidas na sede da Câmara Municipal, razào pela qual vimos através deste, reiterar o pedido para que seja enviada a esta Casa toda a documentação referida no Ofício n° 09/2019/Vereadores, ressalvando que para que não haja ônus com cópias da documentação, seja a mesma encaminhada em seu original com “Carga” para 30 cba* com as devidas anotações da “Carga” em livro próprio.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Astésio</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/753/oficio_no_06_-_2019_-_gabpresi.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/753/oficio_no_06_-_2019_-_gabpresi.pdf</t>
   </si>
   <si>
     <t>Cumprimentando-o cordialmente, venho através deste, encaminhar cópia do Oficio da Escola Estadual José Vicente, apresentado na ultima Sessão Ordinária realizada no dia 18/02/2019 para conhecimento e análise.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1354/oficio_no332-2019_-ref._proj.63-2019.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1354/oficio_no332-2019_-ref._proj.63-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação e denominação do Centro Municipal de Educação Infantil André Mourão e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/requerimento_no_59_-_2019_8LRPNwj.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/requerimento_no_59_-_2019_8LRPNwj.pdf</t>
   </si>
   <si>
     <t>O presente Requerimento tem como justificativa a analise de reclamações e supostas irregularidades o ocorridas no âmbito da Educação Municipal, com a participação dos responsáveis pela Secretária Municipal de Educação e servidores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -480,67 +480,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/542/oficio_no_01_-_2019_-_vereadoresi.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/752/oficio_no_05_-_2019_-_cljri.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/753/oficio_no_06_-_2019_-_gabpresi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1354/oficio_no332-2019_-ref._proj.63-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/requerimento_no_59_-_2019_8LRPNwj.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/542/oficio_no_01_-_2019_-_vereadoresi.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/752/oficio_no_05_-_2019_-_cljri.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/753/oficio_no_06_-_2019_-_gabpresi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1354/oficio_no332-2019_-ref._proj.63-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/requerimento_no_59_-_2019_8LRPNwj.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>