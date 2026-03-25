--- v0 (2026-02-03)
+++ v1 (2026-03-25)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4269/2022-05-09_of_99_enc_pl_028_repasse_sub_aseup.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4269/2022-05-09_of_99_enc_pl_028_repasse_sub_aseup.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recurso financeiro destinado a repasse de subvenção social e dá outras providências.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4282/2022-05-13_of_102_exec_pl_030_recursos_sta_casa_piumhi_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4282/2022-05-13_of_102_exec_pl_030_recursos_sta_casa_piumhi_.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de subvenção no valor de R$ 37.507,00 ( trinta e sete mil quinhentos e sete reais ) para Santa Casa de Misericórdia de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4334/2022-05-23_pl_034_50_13o_camara.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4334/2022-05-23_pl_034_50_13o_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a antecipação de 50% (cinquenta por cento) do 13º salário aos servidores da Câmara Municipal de Piumhi e dá outras providências.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4352/2022-05-31_of_122_pl_037_repasse_fin_lar_sao_fran.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4352/2022-05-31_of_122_pl_037_repasse_fin_lar_sao_fran.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de subvenção social e dá outras providências.</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/2022-06-30_of_168_pl_041_autoriza_repasse_apae.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/2022-06-30_of_168_pl_041_autoriza_repasse_apae.pdf</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/2022-07-08_of_183_pl_043_repasse_sta_casam_piumhi.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/2022-07-08_of_183_pl_043_repasse_sta_casam_piumhi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar o repasse do valor de  R$100.000,00 (cem mil reais) para reforço do custeio das ações e serviços de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/2022-07-27_of_207_pl_048_repasse_sta_casa_revoga_lei2635.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/2022-07-27_of_207_pl_048_repasse_sta_casa_revoga_lei2635.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar o repasse do valor de R$ 100.000,00 (cem mil reais) para reforço do custeio das ações e serviços de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/2022-08-31_of_10_enc_pl_051_estima_receita_fixa_despesa2023.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/2022-08-31_of_10_enc_pl_051_estima_receita_fixa_despesa2023.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município para o Exercício de 2023.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4792/2022-11-18_of_gab_317_pl066_repassestacasa.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4792/2022-11-18_of_gab_317_pl066_repassestacasa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder e repassar contribuição no valor de R$ 462.000,00 (quatrocentos e sessenta e dois mil reais) para a Santa Casa de Misericórdia de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4841/2022-12-02_of_rec_331_pl069_rep_500.00000_sta_casa.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4841/2022-12-02_of_rec_331_pl069_rep_500.00000_sta_casa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder e repassar contribuição no valor de R$ 500.000,00 (quinhentos mil reais) para a Santa Casa de Misericórdia de Piumhi e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,67 +513,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4269/2022-05-09_of_99_enc_pl_028_repasse_sub_aseup.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4282/2022-05-13_of_102_exec_pl_030_recursos_sta_casa_piumhi_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4334/2022-05-23_pl_034_50_13o_camara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4352/2022-05-31_of_122_pl_037_repasse_fin_lar_sao_fran.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/2022-06-30_of_168_pl_041_autoriza_repasse_apae.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/2022-07-08_of_183_pl_043_repasse_sta_casam_piumhi.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/2022-07-27_of_207_pl_048_repasse_sta_casa_revoga_lei2635.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/2022-08-31_of_10_enc_pl_051_estima_receita_fixa_despesa2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4792/2022-11-18_of_gab_317_pl066_repassestacasa.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4841/2022-12-02_of_rec_331_pl069_rep_500.00000_sta_casa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4269/2022-05-09_of_99_enc_pl_028_repasse_sub_aseup.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4282/2022-05-13_of_102_exec_pl_030_recursos_sta_casa_piumhi_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4334/2022-05-23_pl_034_50_13o_camara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4352/2022-05-31_of_122_pl_037_repasse_fin_lar_sao_fran.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/2022-06-30_of_168_pl_041_autoriza_repasse_apae.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/2022-07-08_of_183_pl_043_repasse_sta_casam_piumhi.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/2022-07-27_of_207_pl_048_repasse_sta_casa_revoga_lei2635.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/2022-08-31_of_10_enc_pl_051_estima_receita_fixa_despesa2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4792/2022-11-18_of_gab_317_pl066_repassestacasa.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4841/2022-12-02_of_rec_331_pl069_rep_500.00000_sta_casa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="194.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>