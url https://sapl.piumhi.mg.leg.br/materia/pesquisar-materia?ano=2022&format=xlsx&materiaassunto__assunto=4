--- v0 (2026-02-03)
+++ v1 (2026-03-31)
@@ -54,189 +54,189 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/2022-09-06_of_242_enc_plc_005_reestrutura_pessoal_magisterio_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/2022-09-06_of_242_enc_plc_005_reestrutura_pessoal_magisterio_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reestruturação do quadro de pessoal do Magistério Público Municipal de Piumhi e dá outras providências.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlinhos Leonel, Cooperador João Marcos, Fábio Tulim, Reinaldo Detetive, Shirley da Educação</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4195/2022-04-08_pl_024_semana_combate_bullying.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4195/2022-04-08_pl_024_semana_combate_bullying.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Conscientização e Combate ao Bullying e dá outras providências.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4225/2022-04-14_pl_027_atualiz_venc_magist.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4225/2022-04-14_pl_027_atualiz_venc_magist.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do vencimento básico dos servidores ocupantes dos cargos que menciona, no âmbito do Município de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4351/2022-05-31_of_121_pl_036_altera_proc_eleit_magisterio.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4351/2022-05-31_of_121_pl_036_altera_proc_eleit_magisterio.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.121/2013, que "Dispõe sobre o processo eleitoral de Diretor, Vice-diretor e Coordenador das Escolas Municipais de Piumhi, revogando a lei municipal n. 1.949/2010 e dá outras providências" e dá outras providências.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/2022-08-22_of_231_pl_050-eleicoes_escolares.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/2022-08-22_of_231_pl_050-eleicoes_escolares.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.121/2013, que "Dispõe sobre o processo eleitoral de Diretor, Vice-diretor e Coordenador das Escolas Municipais de Piumhi, revogando a Lei Municipal nº 1.949/2010 e dá outras providências" e dá outras providências.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4703/2022-10-11_of_281_enc_pl_058_incluem_acoes_ppa.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4703/2022-10-11_of_281_enc_pl_058_incluem_acoes_ppa.pdf</t>
   </si>
   <si>
     <t>Incluem novas ações à Lei 2.588/2021, Plano Plurianual 2022-2025 do Município de Piumhi para o exercício de 2023.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4793/2022-11-18_of_gab_318_pl067_incprogdireitoescola.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4793/2022-11-18_of_gab_318_pl067_incprogdireitoescola.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do Programa "Direito na Escola" como atividade complementar nas escolas municipais de Piumhi e dá outras providências"</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4840/2022-12-02_of_rec_328_pl068_dispservpubldobrodias.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4840/2022-12-02_of_rec_328_pl068_dispservpubldobrodias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre dispensa do serviço público pelo dobro dos dias prestados à comunidade Escolar nas eleições de Diretores, Vice-Diretores e Coordenadores de Escolas Municipais, Creches e CMEIS e dá outras providências.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Shirley da Educação</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4274/2022-05-11_req_042_infor_progressao_cargo_peb-2.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4274/2022-05-11_req_042_infor_progressao_cargo_peb-2.pdf</t>
   </si>
   <si>
     <t>Solicita, após deliberação plenária, seja oficiado o Chefe do Poder Executivo Municipal, Dr. Paulo César Vaz, para que seja encaminhada as seguintes informações referentes às progressões e pagamentos aos servidores da educação concursados no cargo PEB 2: a) Solicita que seja informado as espécies normativas vigentes que autorizam as progressões e o pagamento das gratificações dos servidores da educação PEB 2; b) Solicita que seja informado qual a porcentagem que vem sido paga aos servidores graduados e com especialização; c) Solicita seja informado as nomeações dos servidores da educação, e a forma que vem sendo realizada a avaliação de desempenho; d) Solicita a listagem com a nomeação do último concurso público realizado na área da educação com a respectiva convocação dos servidores de acordo com a classificação e aprovação em concurso público.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/2022-09-09_req_085_inf_cont_cheque_serv_fundeb.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/2022-09-09_req_085_inf_cont_cheque_serv_fundeb.pdf</t>
   </si>
   <si>
     <t>Solicita, após deliberação plenária, que seja oficiado o Chefe do Poder Executivo Municipal, Dr. Paulo César Vaz, para que informe o motivo da mudança da nomenclatura do contracheque dos servidores vinculados ao Fundeb.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4762/2022-11-03_req_103_rateio_recursos_fundeb.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4762/2022-11-03_req_103_rateio_recursos_fundeb.pdf</t>
   </si>
   <si>
     <t>Solicita, após deliberação plenária, que seja oficiado o Chefe do Poder Executivo Municipal, Dr. Paulo César Vaz, para que informe:_x000D_
 1-	Se haverá “rateio” aos profissionais da educação das sobras dos recursos do Fundeb no final do ano de 2022;_x000D_
 2-	Quais serão os profissionais da educação básica comtemplados;_x000D_
 3-	Qual o saldo disponível para o rateio ou abono do Fundeb.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -546,67 +546,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/2022-09-06_of_242_enc_plc_005_reestrutura_pessoal_magisterio_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4195/2022-04-08_pl_024_semana_combate_bullying.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4225/2022-04-14_pl_027_atualiz_venc_magist.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4351/2022-05-31_of_121_pl_036_altera_proc_eleit_magisterio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/2022-08-22_of_231_pl_050-eleicoes_escolares.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4703/2022-10-11_of_281_enc_pl_058_incluem_acoes_ppa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4793/2022-11-18_of_gab_318_pl067_incprogdireitoescola.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4840/2022-12-02_of_rec_328_pl068_dispservpubldobrodias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4274/2022-05-11_req_042_infor_progressao_cargo_peb-2.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/2022-09-09_req_085_inf_cont_cheque_serv_fundeb.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4762/2022-11-03_req_103_rateio_recursos_fundeb.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/2022-09-06_of_242_enc_plc_005_reestrutura_pessoal_magisterio_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4195/2022-04-08_pl_024_semana_combate_bullying.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4225/2022-04-14_pl_027_atualiz_venc_magist.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4351/2022-05-31_of_121_pl_036_altera_proc_eleit_magisterio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/2022-08-22_of_231_pl_050-eleicoes_escolares.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4703/2022-10-11_of_281_enc_pl_058_incluem_acoes_ppa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4793/2022-11-18_of_gab_318_pl067_incprogdireitoescola.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4840/2022-12-02_of_rec_328_pl068_dispservpubldobrodias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4274/2022-05-11_req_042_infor_progressao_cargo_peb-2.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/2022-09-09_req_085_inf_cont_cheque_serv_fundeb.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2022/4762/2022-11-03_req_103_rateio_recursos_fundeb.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="85.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>