--- v0 (2026-02-03)
+++ v1 (2026-03-31)
@@ -54,133 +54,133 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlinhos Leonel, Cooperador João Marcos, Fábio Tulim, Reinaldo Detetive</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5500/2023-07-18_pl_047_praca_antonio_fazendinha.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5500/2023-07-18_pl_047_praca_antonio_fazendinha.pdf</t>
   </si>
   <si>
     <t>Dá nome de Antônio de Oliveira Silva (Sr. Antônio da Fazendinha) à Praça a ser construída na Rua José Poppe, esquina com a Rua Artede Almada Alvim,_x000D_
 localizada no bairro Nova Esperança, no Município de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5525/2023-08-02_pl_049_nome_itamar_centro_fisiot.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5525/2023-08-02_pl_049_nome_itamar_centro_fisiot.pdf</t>
   </si>
   <si>
     <t>Dá o nome  de Itamar Soares dos Santos (Itamar Santinho) ao centro de Fisioterapia Respiratória a ser construído na Rua Arthur Rodrigues da Costa, 157, fundos, centro, no Munícipio de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Sargento Zé Welington</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5666/2023-09-22_pl_061_nome_prc_ma_firmina_d_fia.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5666/2023-09-22_pl_061_nome_prc_ma_firmina_d_fia.pdf</t>
   </si>
   <si>
     <t>Dá nome de Maria Firmina da Silva (Dona Fia) à Praça a ser construída no entorno da Unidade Básica de Saúde (UBS) Joaquim Tomé de Andrade, localizada na Rua Dr. José Poppe, esquina com a Rua Aluízio Arantes, loteamento Novo Horizonte II, bairro Nova Esperança, no município de Piumhi e dá outras providências.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5696/2023-10-03_pl_063_nome_roldao_rotatoria_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5696/2023-10-03_pl_063_nome_roldao_rotatoria_.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rotatória que liga a Rua Padre Abel à Avenida Oswaldo Soares Machado, Avenida Francisco Machado e Rua João Pereira de Barros. (Roldão Soares "Nena")</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Cooperador João Marcos</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5734/2023-10-18_pl_067_nome_bete_espaco_fe_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5734/2023-10-18_pl_067_nome_bete_espaco_fe_.pdf</t>
   </si>
   <si>
     <t>Dá nome de Elizabete Barbosa da Silva (Bete) ao Espaço da Fé a ser construído na Praça Antônio de Oliveira Silva (Sr. Antônio da Fazendinha), localizada na Rua José Poppe, esquina com a Rua Artede Almada Alvim, bairro Nova Esperança, no Município de Piumhi - MG e dá outras providências.</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Carlinhos Leonel, Cooperador João Marcos, Fábio Tulim, Gilvan dos Penedos, Júnior Boi, Reinaldo Detetive, Sargento Zé Welington, Shirley da Educação, Wilde Dentista</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5910/2023-12-05_pl_078_nome_mitermyer_a_t_ubs.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5910/2023-12-05_pl_078_nome_mitermyer_a_t_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina à Unidade Básica de Saúde (UBS) a ser construída no Loteamento Residencial Pérola Negra III, bairro Novo Tempo, no Município de Piumhi (Mitermyer Alves Terra).</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5911/2023-12-05_pl_079_nome_marcinho_cont_ubs.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5911/2023-12-05_pl_079_nome_marcinho_cont_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina à Unidade Básica de Saúde (UBS) a ser construída na Rua Francisco Soares Ferreira, Quadra B1, Loteamento Residencial Novo Horizonte II, bairro Nova Esperança, no Município de Piumhi. (Arlindo Barbosa Neto "Marcinho Contador")</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -487,67 +487,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5500/2023-07-18_pl_047_praca_antonio_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5525/2023-08-02_pl_049_nome_itamar_centro_fisiot.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5666/2023-09-22_pl_061_nome_prc_ma_firmina_d_fia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5696/2023-10-03_pl_063_nome_roldao_rotatoria_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5734/2023-10-18_pl_067_nome_bete_espaco_fe_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5910/2023-12-05_pl_078_nome_mitermyer_a_t_ubs.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5911/2023-12-05_pl_079_nome_marcinho_cont_ubs.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5500/2023-07-18_pl_047_praca_antonio_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5525/2023-08-02_pl_049_nome_itamar_centro_fisiot.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5666/2023-09-22_pl_061_nome_prc_ma_firmina_d_fia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5696/2023-10-03_pl_063_nome_roldao_rotatoria_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5734/2023-10-18_pl_067_nome_bete_espaco_fe_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5910/2023-12-05_pl_078_nome_mitermyer_a_t_ubs.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5911/2023-12-05_pl_079_nome_marcinho_cont_ubs.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>