--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -54,228 +54,228 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DEREP</t>
   </si>
   <si>
     <t>Denúncia/Representação</t>
   </si>
   <si>
     <t>Ouvidoria</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5565/2021-08-21_den_018_fiscalizar_saae_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5565/2021-08-21_den_018_fiscalizar_saae_.pdf</t>
   </si>
   <si>
     <t>Denúncia recebida pelo serviço de ouvidoria online da Câmara Municipal de Piumhi em 21/08/2023 - Descaso com a população - Fiscalizar SAAE-Piumhi</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PAJUR</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Assessoria Jurídica - ASJUR</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5101/2023-03-09_par_jur_021_plc_004_saae.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5101/2023-03-09_par_jur_021_plc_004_saae.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei Complementar nº 004/2023 - Dispõe sobre a alteração da Lei Complementar nº 69/2020 que "Dispõe sobre a organização administrativa do Serviço Autônomo de Água e Esgoto de Piumhi - Minas Gerais, sua reestruturação e a competência de seus órgãos e sobre a reestruturação do Plano de Carreiras, de Cargos e Vencimentos dos Servidores da Autarquia e dá outras providências." visando o acréscimo de vagas no cargo de Operador de Máquinas e dá outras providências.</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5609/2023-09-31_plc_006_altera_lc_52_2018.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5609/2023-09-31_plc_006_altera_lc_52_2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 52/2018 que Institui o Plano de Carreiras, de Cargos, e Vencimentos dos Servidores Municipais de Piumhi e dá outras providências. (Cria cargo de Técnico de Enfermagem)</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/2023-02-03_of_22_pl_11_altera_lei_2.486_sist-m_cultura.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/2023-02-03_of_22_pl_11_altera_lei_2.486_sist-m_cultura.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.486/2020, que Dispõe sobre o Sistema Municipal de Cultura do Município de Piumhi -MG e dá outras providências.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5373/2023-06-16_of_157_enc_pl_034_creditos_camara.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5373/2023-06-16_of_157_enc_pl_034_creditos_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre transposição, transferência e remanejamento de créditos orçamentários no âmbito do Poder Executivo e Legislativo Municipal - Lei Orçamentária de 2023-, e dá outras providências.</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5462/2023-06-30_of_171_enc_pl_039_seguranca_alimentar_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5462/2023-06-30_of_171_enc_pl_039_seguranca_alimentar_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa municipal de incentivo à doação de alimentos - Banco de Alimentos; sobre a Política Municipal de Segurança Alimentar e Nutricional, bem como organiza o Sistema de Segurança Alimentar e Nutricional, no âmbito do Município de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5604/2023-08-31_of_231_pl_053_sist_alim_revog_2.698.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5604/2023-08-31_of_231_pl_053_sist_alim_revog_2.698.pdf</t>
   </si>
   <si>
     <t>“Cria a política e os componentes do Sistema de Segurança Alimentar no Município de Piumhi/MG, define os paramentos para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.”</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5605/2023-08-31_of_234_pl_054_ratif_cont_ameg_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5605/2023-08-31_of_234_pl_054_ratif_cont_ameg_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Município de Piumhi ao Contrato de Consórcio Público da Associação Pública das Municípios da Microrregião do Médio Rio Grande - AMEG, consolidado com o Segundo Termo Aditivo.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf</t>
   </si>
   <si>
     <t>‘‘Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União em cumprimento ao disposto na Lei Federal nº 14.434, de 4 de agosto da 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira, e dá outras providências.</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5783/2023-11-08_of_297_enc_pl_071_cesta_natal_serv_pmp.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5783/2023-11-08_of_297_enc_pl_071_cesta_natal_serv_pmp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de Cestas de Natal aos Servidores Públicos da Administração Direta e Indireta Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5928/projeto_de_lei_natal_assinado.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5928/projeto_de_lei_natal_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Abono de Natal aos servidores públicos da Administração Direta Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5798/2023-11-10_pre_007_cestas_natal_servidores.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5798/2023-11-10_pre_007_cestas_natal_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de cestas de Natal aos servidores públicos do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5929/2023-12-14_pre_008_altera_res_001_cesta_natal.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5929/2023-12-14_pre_008_altera_res_001_cesta_natal.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao caput do artigo 1º da Resolução nº 001/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -582,67 +582,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5565/2021-08-21_den_018_fiscalizar_saae_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5101/2023-03-09_par_jur_021_plc_004_saae.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5609/2023-09-31_plc_006_altera_lc_52_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/2023-02-03_of_22_pl_11_altera_lei_2.486_sist-m_cultura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5373/2023-06-16_of_157_enc_pl_034_creditos_camara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5462/2023-06-30_of_171_enc_pl_039_seguranca_alimentar_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5604/2023-08-31_of_231_pl_053_sist_alim_revog_2.698.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5605/2023-08-31_of_234_pl_054_ratif_cont_ameg_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5783/2023-11-08_of_297_enc_pl_071_cesta_natal_serv_pmp.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5928/projeto_de_lei_natal_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5798/2023-11-10_pre_007_cestas_natal_servidores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5929/2023-12-14_pre_008_altera_res_001_cesta_natal.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5565/2021-08-21_den_018_fiscalizar_saae_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5101/2023-03-09_par_jur_021_plc_004_saae.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5609/2023-09-31_plc_006_altera_lc_52_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/2023-02-03_of_22_pl_11_altera_lei_2.486_sist-m_cultura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5373/2023-06-16_of_157_enc_pl_034_creditos_camara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5462/2023-06-30_of_171_enc_pl_039_seguranca_alimentar_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5604/2023-08-31_of_231_pl_053_sist_alim_revog_2.698.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5605/2023-08-31_of_234_pl_054_ratif_cont_ameg_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5783/2023-11-08_of_297_enc_pl_071_cesta_natal_serv_pmp.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5928/projeto_de_lei_natal_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5798/2023-11-10_pre_007_cestas_natal_servidores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5929/2023-12-14_pre_008_altera_res_001_cesta_natal.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>