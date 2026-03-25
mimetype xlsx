--- v0 (2026-02-03)
+++ v1 (2026-03-25)
@@ -54,63 +54,63 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5266/2023-05-11_of_117_pl_27_venc_aux_matadouro.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5266/2023-05-11_of_117_pl_27_venc_aux_matadouro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aumento real dos vencimentos dos servidores públicos ocupantes dos cargos de auxiliar de matadouro, auxiliar de serviços gerais, auxiliar de enfermagem - ESF, auxiliar de saúde, telefonista, auxiliar administrativo geral, técnico em radiologia, auxiliar de transporte, auxiliar de enfermagem, auxiliar de almoxarifado, fiscal, agente de serviços gerais, continuo servente, gari, jardineiro, vigilante, auxiliar de saúde - CEO, agente comunitário de saúde e agente de combate às endemias, bem como, as pensionistas da Administração direta do Município de Piumhi e dá outras providências.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf</t>
   </si>
   <si>
     <t>‘‘Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União em cumprimento ao disposto na Lei Federal nº 14.434, de 4 de agosto da 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -417,67 +417,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5266/2023-05-11_of_117_pl_27_venc_aux_matadouro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5266/2023-05-11_of_117_pl_27_venc_aux_matadouro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2023/5610/01-09-2023_of_239_reg_assist_fin_comp.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>