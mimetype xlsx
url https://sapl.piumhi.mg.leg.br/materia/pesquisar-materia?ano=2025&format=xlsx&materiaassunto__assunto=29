--- v0 (2026-02-03)
+++ v1 (2026-03-25)
@@ -54,177 +54,177 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7009</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/2025-01-20_of_23_pl_5_rep_sub_sociais_2025.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/2025-01-20_of_23_pl_5_rep_sub_sociais_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de subvenções sociais para o ano de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>7081</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7081/2025-01-29_of_27_pl_10_repasse_sta_casa_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7081/2025-01-29_of_27_pl_10_repasse_sta_casa_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder e repassar contribuição para a Santa Casa de Misericórdia de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>7297</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7297/2025-03-07_of_72_enc_pl_16_sub_sociais.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7297/2025-03-07_of_72_enc_pl_16_sub_sociais.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de subvenções sociais e dá outras providências.</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7539/2025-04-22_of_142_plo_31_repasse_ifmg.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7539/2025-04-22_of_142_plo_31_repasse_ifmg.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de contribuição social e dá outras providências.</t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7844/2025-06-24_of_203_plo_40_repasse_social.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7844/2025-06-24_of_203_plo_40_repasse_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros Destinados a repasse de auxílio para investimento social e dá outras providências.</t>
   </si>
   <si>
     <t>7987</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7987/2025-08-12_plo_48_repasse_recur_finan_social.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7987/2025-08-12_plo_48_repasse_recur_finan_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de auxílio para investimento social e dá outras providências.</t>
   </si>
   <si>
     <t>7989</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7989/2025-08-12_plo_49_repasse_recur_finan_social.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7989/2025-08-12_plo_49_repasse_recur_finan_social.pdf</t>
   </si>
   <si>
     <t>7990</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7990/2025-08-12_plo_50_prog_porta_entrada_ape.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7990/2025-08-12_plo_50_prog_porta_entrada_ape.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a execução do programa estadual "Auxílio Porta de Entrada - APE" e dá outras providências.</t>
   </si>
   <si>
     <t>8195</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8195/2025-10-08_of_268_plo_55_repasse_acaspo_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8195/2025-10-08_of_268_plo_55_repasse_acaspo_.pdf</t>
   </si>
   <si>
     <t>8255</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8255/2025-10-24_of_289_enc_pl_57_aut_lib_rec_financeiro.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8255/2025-10-24_of_289_enc_pl_57_aut_lib_rec_financeiro.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de investimento social e dá outras providências.</t>
   </si>
   <si>
     <t>8376</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8376/2025-11-25_of_gab_322_enc_pl_64_repasse_subv_social.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8376/2025-11-25_of_gab_322_enc_pl_64_repasse_subv_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de subvenção social e dá outras providências.</t>
   </si>
   <si>
     <t>8412</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8412/2025-12-03_of_323_pl_66_repasse_ifmg_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8412/2025-12-03_of_323_pl_66_repasse_ifmg_.pdf</t>
   </si>
   <si>
     <t>Autoriza a liberação de recursos financeiros destinados a repasse de contribuição social e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -531,67 +531,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/2025-01-20_of_23_pl_5_rep_sub_sociais_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7081/2025-01-29_of_27_pl_10_repasse_sta_casa_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7297/2025-03-07_of_72_enc_pl_16_sub_sociais.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7539/2025-04-22_of_142_plo_31_repasse_ifmg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7844/2025-06-24_of_203_plo_40_repasse_social.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7987/2025-08-12_plo_48_repasse_recur_finan_social.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7989/2025-08-12_plo_49_repasse_recur_finan_social.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7990/2025-08-12_plo_50_prog_porta_entrada_ape.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8195/2025-10-08_of_268_plo_55_repasse_acaspo_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8255/2025-10-24_of_289_enc_pl_57_aut_lib_rec_financeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8376/2025-11-25_of_gab_322_enc_pl_64_repasse_subv_social.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8412/2025-12-03_of_323_pl_66_repasse_ifmg_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7009/2025-01-20_of_23_pl_5_rep_sub_sociais_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7081/2025-01-29_of_27_pl_10_repasse_sta_casa_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7297/2025-03-07_of_72_enc_pl_16_sub_sociais.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7539/2025-04-22_of_142_plo_31_repasse_ifmg.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7844/2025-06-24_of_203_plo_40_repasse_social.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7987/2025-08-12_plo_48_repasse_recur_finan_social.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7989/2025-08-12_plo_49_repasse_recur_finan_social.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7990/2025-08-12_plo_50_prog_porta_entrada_ape.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8195/2025-10-08_of_268_plo_55_repasse_acaspo_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8255/2025-10-24_of_289_enc_pl_57_aut_lib_rec_financeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8376/2025-11-25_of_gab_322_enc_pl_64_repasse_subv_social.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8412/2025-12-03_of_323_pl_66_repasse_ifmg_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="131.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>