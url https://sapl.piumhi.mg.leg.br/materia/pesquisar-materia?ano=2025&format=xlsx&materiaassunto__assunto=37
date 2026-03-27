--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -54,129 +54,129 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7467</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Segundinho</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7467/2025-04-09_pl_026_nomeia_r_glauter_honor_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7467/2025-04-09_pl_026_nomeia_r_glauter_honor_.pdf</t>
   </si>
   <si>
     <t>Dá nome de Glauter Honor de Freitas (Nénem do Clarindo) à Rua Projetada nº 01’ localizada no Loteamento Novo Horizonte II, Bairro Nova Esperança no Município de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Lúcio da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7794/2025-06-06_pl_39_nome_praca_dalva_s_alves_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7794/2025-06-06_pl_39_nome_praca_dalva_s_alves_.pdf</t>
   </si>
   <si>
     <t>Dá nome de Dalva Soares Alves “Dona Dalva” à Praça a ser construída na Rua Francisco Camilo da Costa, Loteamento Estrela Branca, bairro Aeroporto, no Município de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>7956</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7956/2025-07-30_pl_45_esp_lazer_deliamar_delico_mec_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7956/2025-07-30_pl_45_esp_lazer_deliamar_delico_mec_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de espaço de lazer no Município de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>7985</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7985/2025-08-11_plo_46_nome_dandao_cmei_lot_novo_horiz_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7985/2025-08-11_plo_46_nome_dandao_cmei_lot_novo_horiz_.pdf</t>
   </si>
   <si>
     <t>Dá nome de Jordão Soares da Silva “Dandão” ao Centro Municipal de Educação Infantil a ser construído na Rua Aluízio Arantes, Loteamento Novo Horizonte II, Bairro Nova Esperança, Município de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>7993</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Cooperador João Marcos, Fábio Tulim, Fernando Detetive, Gilvan dos Penedos, Lúcio da Ambulância, São Rock, Sargento Zé Welington, Segundinho, Shirley da Educação</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7993/2025-08-13_plo_51_denomina_ruas_lot_res_saint_m_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7993/2025-08-13_plo_51_denomina_ruas_lot_res_saint_m_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Logradouros Públicos do Município de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>8361</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8361/2025-11-19_pl_62_nome_quadra_poliesportiva_daniel.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8361/2025-11-19_pl_62_nome_quadra_poliesportiva_daniel.pdf</t>
   </si>
   <si>
     <t>Dá nome de Daniel José da Silva à Quadra Poliesportiva a ser construída na Rua Francisco Soares Ferreira, Loteamento Novo Horizonte II, bairro Nova Esperança no Município de Piumhi-MG e dá outras providências.</t>
   </si>
   <si>
     <t>8407</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8407/2025-12-03_pl_65_nome_parquinho_juliana_.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8407/2025-12-03_pl_65_nome_parquinho_juliana_.pdf</t>
   </si>
   <si>
     <t>Dá nome de Juliana Batista Martins ao Parquinho Infantil Municipal localizado na Praça Guia Lopes, centro no Município de Piumhi-MG e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -483,67 +483,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7467/2025-04-09_pl_026_nomeia_r_glauter_honor_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7794/2025-06-06_pl_39_nome_praca_dalva_s_alves_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7956/2025-07-30_pl_45_esp_lazer_deliamar_delico_mec_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7985/2025-08-11_plo_46_nome_dandao_cmei_lot_novo_horiz_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7993/2025-08-13_plo_51_denomina_ruas_lot_res_saint_m_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8361/2025-11-19_pl_62_nome_quadra_poliesportiva_daniel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8407/2025-12-03_pl_65_nome_parquinho_juliana_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7467/2025-04-09_pl_026_nomeia_r_glauter_honor_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7794/2025-06-06_pl_39_nome_praca_dalva_s_alves_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7956/2025-07-30_pl_45_esp_lazer_deliamar_delico_mec_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7985/2025-08-11_plo_46_nome_dandao_cmei_lot_novo_horiz_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/7993/2025-08-13_plo_51_denomina_ruas_lot_res_saint_m_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8361/2025-11-19_pl_62_nome_quadra_poliesportiva_daniel.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2025/8407/2025-12-03_pl_65_nome_parquinho_juliana_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="149.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="208.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>