--- v0 (2026-03-28)
+++ v1 (2026-03-31)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2542" uniqueCount="1007">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2606" uniqueCount="1034">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1514,75 +1514,123 @@
     <t>8873</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8873/2026-03-27_ind_153_imp_faixa_ped_trans_piumhi.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor de trânsito do município a implantação de faixa de pedestre na Rua Padre Abel, nas proximidades do n° 1156.</t>
   </si>
   <si>
     <t>8874</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8874/2026-03-27_ind_154_rec_asfalto_rua_pedro_veloso.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado recapeamento asfáltico da rua Pedro _x000D_
 Veloso, bairro Morada do Sol.</t>
   </si>
   <si>
+    <t>8876</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>Solicita que seja realizado recapeamento asfáltico da rua Sargento Veloso, bairro Morada do Sol.</t>
+  </si>
+  <si>
+    <t>8877</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>Solicita a revitalização da estrada rural que dá acesso ao Sítio Araras, localizada na terceira entrada no sentido do município de Doresópolis.</t>
+  </si>
+  <si>
+    <t>8878</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>Solicita a limpeza de lote localizado nas proximidades das ruas José Pereira Tavares e paralela à Nilza Coelho, bem como a verificação de sua titularidade e, se necessário, a notificação do proprietário.</t>
+  </si>
+  <si>
+    <t>8879</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>Solicita a regularização do serviço de coleta de lixo na Rua Beraldo Soares de Oliveira, no bairro Vila Agreny.</t>
+  </si>
+  <si>
+    <t>8880</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>Solicita a realização de poda parcial de árvore localizada na Rua Delfinópolis, nº 131, bairro Lagoa de Trás.</t>
+  </si>
+  <si>
     <t>8754</t>
   </si>
   <si>
     <t>MSGA</t>
   </si>
   <si>
     <t>Mensagem Aditiva</t>
   </si>
   <si>
     <t>Chefe do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8754/2026-02-27_of_63_mens_adit_plc_7-2026_.pdf</t>
   </si>
   <si>
     <t>Mensagem Aditiva ao Projeto de Lei Complementar nº 7/2026 que Declara área como integrante de urbanização específica do Município de Piumhi, para fins de implantação de loteamento destinado à criação de chácaras de recreio, e dá outras providências</t>
   </si>
   <si>
     <t>8767</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8767/2026-03-03_mocao_1_amigas_que_correm.pdf</t>
   </si>
   <si>
     <t>O vereador da Câmara Municipal de Piumhi que esta subscreve, com amparo no art. 137, parágrafo único do Regimento Interno, solicita a V. Exª., ouvida a Casa, que seja consignada MOÇÃO DE CONGRATULAÇÃO E APLAUSOS, ao grupo AMIGAS QUE CORREM, em reconhecimento à relevante contribuição social, esportiva e comunitária prestada ao município de Piumhi, por meio do incentivo à prática esportiva, promoção da saúde e fortalecimento feminino.</t>
   </si>
   <si>
     <t>8623</t>
   </si>
   <si>
     <t>PAR-C</t>
   </si>
   <si>
     <t>Parecer - Comissão(ões)</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação, CSPPMUC - Comissão de Serviços e Políticas Públicas Municipais, Urbanismo e Cidadania</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8623/2026-02-06_par_com_1_pl_65_da_nome_juliana.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação – CLJR e Comissão de Serviços e Políticas Públicas Municipais, Urbanismo e Cidadania - CSPPMUC, referente ao Projeto de Lei nº 65/2025, que “Dá nome de Juliana Batista Martins ao Parquinho Infantil Municipal Localizado na Praça Guia Lopes, centro no Município de Piumhi/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>8702</t>
   </si>
@@ -2200,63 +2248,72 @@
   <si>
     <t>Referente ao Projeto de Lei nº 13/2026 que “Autoriza a liberação de recursos financeiros destinados a repasse de subvenção, na modalidade custeio para aquisição de materiais destinados a cirurgias de média complexidade pela Santa Casa de Misericórdia de Piumhi – Mg e dá outras providências”.</t>
   </si>
   <si>
     <t>8823</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8823/2026-03-12_par_cont_26_prest_cts_jan_2026_mun.pdf</t>
   </si>
   <si>
     <t>Referente ao Procedimento nº 08/2026 - Prestação de Contas Mensal do Município de Piumhi relativo ao mês de janeiro de 2026.</t>
   </si>
   <si>
     <t>8822</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8822/2026-03-12_par_cont_27_prest_cts_jan_2026_saae.pdf</t>
   </si>
   <si>
     <t>Referente ao Procedimento nº 7/2026 - Prestação de Contas Mensal do SAAE de Piumhi relativa ao mês de janeiro de 2026.</t>
   </si>
   <si>
     <t>8863</t>
   </si>
   <si>
-    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8863/2026-03-25_parcont_028_pl_14_piumhi_verde_2030.pdf</t>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8863/2026-03-25_par_cont_028_pl_14_piumhi_verde_2030_.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 14/2026 - Institui a Política Municipal de Arborização Integral, Pavimentação Ecológica Sustentável e Adaptação às Mudanças Climáticas – “Piumhi Verde 2030”.</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8864/2026-03-25_parcont_029_pl_15-2026.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 15/2026 - Institui a Política Municipal dos Direitos da Pessoa com Deficiência, cria o Conselho Municipal dos Direitos da Pessoa com Deficiência - CMDPD, cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências</t>
+  </si>
+  <si>
+    <t>8881</t>
+  </si>
+  <si>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8881/2026-03-30_par_cont_030_pl_16_alt_lei_1.951_cmp_.pdf</t>
+  </si>
+  <si>
+    <t>Referente ao Projeto de Lei nº 16/2026, que “Altera dispositivos na Lei nº 1.951/2010, que “Dispõe sobre a alteração da Estrutura Organizacional e do Plano de Cargos e Vencimentos da Câmara Municipal de Piumhi e dá outras providências”.</t>
   </si>
   <si>
     <t>8538</t>
   </si>
   <si>
     <t>PAJUR</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Assessoria Jurídica - ASJUR</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8538/2026-01-13_par_jur_1_pl_1_rev_geral_adm_d_ind.pdf</t>
   </si>
   <si>
     <t>8539</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8539/2026-01-13_par_jur_2_pl_2_rev_geral_camara.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 2/2026 - Dispõe sobre a revisão geral e anual do vencimento dos servidores da Câmara Municipal de Piumhi-MG para o exercício de 2026 e dá outras providências.</t>
   </si>
@@ -2428,50 +2485,53 @@
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8758/2026-03-03_par_jur_22_plc_3_chacara_recreio.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei Complementar nº 7/2026 - Declara área como integrante de urbanização específica do Município de Piumhi, para fins de implantação de loteamento destinado à criação de chácaras de recreio e dá outras providências</t>
   </si>
   <si>
     <t>8785</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8785/2026-03-05_par_jur_23_pl_13_rec_fin_rep_subv.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 13/2026 Autoriza a liberação de recursos financeiros destinados a repasse de subvenção, na modalidade custeio para aquisição de materiais destinados a cirurgias de média complexidade pela Santa Casa de Misericórdia de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>8851</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8851/2026-03-23_par_jur_24_pl_15_direitos_pessoa_defic.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 15/2026 - Institui a Política Municipal dos Direitos da Pessoa com Deficiência, cria o Conselho Municipal dos Direitos da Pessoa com Deficiência - CMDPD, cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências.</t>
   </si>
   <si>
     <t>8868</t>
+  </si>
+  <si>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8868/2026-03-25_par_jur_25_pl_14_piumhi_verde_2030.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 14/2026 - Institui a Política Municipal de Arborização Integral, Pavimentação Ecológica Sustentável e Adaptação às Mudanças Climáticas – “Piumhi Verde 2023” – no Município de Piumhi/MG e dá outras providências.</t>
   </si>
   <si>
     <t>8869</t>
   </si>
   <si>
     <t>Referente a Proposta de Emenda à Lei Orgânica Municipal nº 001/2026 - Altera dispositivos na Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8871</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8871/2026-03-26_par_jur_27_pl_16_alt_lei_1.951_cmp.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei nº 16/2026, que Altera dispositivos na Lei n° 1.951/2010, que Dispõe sobre a alteração da Estrutura Organizacional e do Plano de Cargos e Vencimentos da Câmara Municipal de Piumhi e dá outras providências</t>
   </si>
   <si>
     <t>8611</t>
   </si>
   <si>
     <t>PCMUN</t>
   </si>
@@ -2480,50 +2540,59 @@
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8611/2026-01-30_of_77-2025_prest_cts_dez_2025_mun.pdf</t>
   </si>
   <si>
     <t>O Poder Executivo (Ofício 77/2025 - Serviço de Contabilidade) - datado de 29/12/2025 e protocolizado em 30/01/2026. Em atendimento a Lei Orgânica Municipal, em anexo envio os arquivos digitalizados, com toda a movimentação do Município de Piumhi, relativo ao mês de DEZEMBRO de 2025._x000D_
 As movimentações estão compostas, entre tantos outros, dos seguintes documentos:_x000D_
 1. Balancete Receita/Despesa;_x000D_
 2. Demonstrativos Numerários;_x000D_
 3. Gastos com Saúde, Educação e Pessoal;_x000D_
 4. Balancetes Contábeis Financeiros;_x000D_
 5. Decretos de Suplementação nas hipóteses necessárias;_x000D_
 6. Notas de Empenhos de Pagamentos com anotação de número do cheque e conta bancária, acompanhadas de notas fiscais, devidamente discriminadas as mercadorias e serviços prestados, e quando necessários de outros documentos exigidos pela legislação;_x000D_
 Segue em anexo também, o Rol de licitações, na forma impressa, relativo ao mês de DEZEMBRO de 2025.</t>
   </si>
   <si>
     <t>8739</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8739/2026-02-27_of_79_prest_cts_jan_2026_mun.pdf</t>
   </si>
   <si>
     <t>O Poder Executivo (Ofício 79/2026 - Serviço de Contabilidade) - datado e protocolizado em 27/02/2026. Em atendimento a Lei Orgânica Municipal, em anexo envio os arquivos digitalizados, com toda a movimentação do Município de Piumhi, relativo ao mês de JANEIRO de 2026. As movimentações estão compostas, entre tantos outros, dos seguintes documentos: 1. Balancete Receita/Despesa; 2. Demonstrativos Numerários; 3. Gastos com Saúde, Educação e Pessoal; 4. Balancetes Contábeis Financeiros; 5. Decretos de Suplementação nas hipóteses necessárias; 6. Notas de Empenhos de Pagamentos com anotação de número do cheque e conta bancária, acompanhadas de notas fiscais, devidamente discriminadas as mercadorias e serviços prestados, e quando necessários de outros documentos exigidos pela legislação; Segue em anexo também, o Rol de licitações, na forma impressa, relativo ao mês de JANEIRO de 2026.</t>
   </si>
   <si>
+    <t>8875</t>
+  </si>
+  <si>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8875/2026-03-30_of_80_cont_prest_cts_fev_mun_.pdf</t>
+  </si>
+  <si>
+    <t>O Poder Executivo (Ofício 80/2026 - Serviço de Contabilidade) - datado e protocolizado em 30/03/2026. Em atendimento a Lei Orgânica Municipal, em anexo envio os arquivos digitalizados, com toda a movimentação do Município de Piumhi, relativo ao mês de FEVEREIRO de 2026. As movimentações estão compostas, entre tantos outros, dos seguintes documentos: 1. Balancete Receita/Despesa; 2. Demonstrativos Numerários; 3. Gastos com Saúde, Educação e Pessoal; 4. Balancetes Contábeis Financeiros; 5. Decretos de Suplementação nas hipóteses necessárias; 6. Notas de Empenhos de Pagamentos com anotação de número do cheque e conta bancária, acompanhadas de notas fiscais, devidamente discriminadas as mercadorias e serviços prestados, e quando necessários de outros documentos exigidos pela legislação; Segue em anexo também, o Rol de licitações, na forma impressa, relativo ao mês de FEVEREIRO de 2026.</t>
+  </si>
+  <si>
     <t>8644</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8644/2026-02-09_of_39_enc_plc_4_alt_lc_52-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 52/2018 que Institui o Plano de Carreiras, de Cargos, e Vencimentos dos Servidores Municipais de Piumhi e dá outras providências.</t>
   </si>
   <si>
     <t>8646</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8646/2026-02-09_of_42_plc_6_alvara_fisc_func.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo para pagamento das taxas de Alvará de Localização e Fiscalização de Funcionamento do exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>8545</t>
@@ -2567,51 +2636,51 @@
   <si>
     <t>Institui a Política Municipal dos Direitos da Pessoa com Deficiência, cria o Conselho Municipal dos Direitos da Pessoa com Deficiência - CMDPD, cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências.</t>
   </si>
   <si>
     <t>8743</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8743/2026-02-27_pre_1_parecer_previo_tcemg_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer Prévio, processo nº 1148328, do Tribunal de Contas do Estado de Minas Gerais, referente às Contas do Executivo Municipal do exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>8746</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8746/2026-03-02_pre_2_parecer_previo_tcemg_2024.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre a aprovação do Parecer Prévio, processo nº 118887, do Tribunal de Contas do Estado de Minas Gerais, referente às Contas do Executivo Municipal do exercício de 2024 e dá outras providências.</t>
+    <t>Dispõe sobre a aprovação do Parecer Prévio, processo nº 1188887, do Tribunal de Contas do Estado de Minas Gerais, referente às Contas do Executivo Municipal do exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>8833</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8833/2026-03-16_pelom_1_altera__art_103-a_lom.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo na Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8689</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
@@ -3008,51 +3077,63 @@
   <si>
     <t>Cooperador João Marcos, Fábio Tulim, Gilvan dos Penedos, Lúcio da Ambulância</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8850/2026-03-23_req_42_turno_unico_pl_13.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo subscritos, no uso de suas atribuições regimentais, requerem de Vossa Excelência, em conformidade com o art. 144, § 1º, II do Regimento Interno desta Casa Legislativa, que o Projeto de Lei nº 13/2026, de autoria do Poder Executivo Municipal, que “Autoriza a liberação de recursos financeiros destinados a repasse de subvenção, na modalidade custeio, para aquisição de materiais destinados a cirurgias de média complexidade pela Santa Casa de Misericórdia de Piumhi - MG dá outras providências", seja deliberado em única discussão e votação na próxima Sessão Ordinária.</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento, CLJR - Comissão de Legislação, Justiça e Redação, CSPPMUC - Comissão de Serviços e Políticas Públicas Municipais, Urbanismo e Cidadania, CSS - Comissão de Saúde e Saneamento</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8865/2026-03-26_req_43_tram_conj_pl_15.pdf</t>
   </si>
   <si>
     <t>A Comissão de Legislação, Justiça e Redação (CLJR), a Comissão de Finanças e Orçamento (CFO), a Comissão de Serviços e Políticas Públicas Municipais, Urbanismo e Cidadania (CSPPMUC) e a Comissão de Saúde e Saneamento (CSS), com fulcro no art. 49, § 3º, inciso II do Regimento Interno, requerem de V. Exa. que a análise e deliberação do Projeto de Lei nº 15/2026, de autoria do Chefe do Poder Executivo, que “Institui a Política Municipal dos Direitos da Pessoa com Deficiência, cria o Conselho Municipal dos Direitos da Pessoa com Deficiência - CMDPD, cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências”, protocolizado nesta Casa Legislativa em 9 de março de 2026, ocorra de forma conjunta entre essas Comissões Permanentes.</t>
   </si>
   <si>
     <t>8872</t>
   </si>
   <si>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8872/2026-03-26_req_44_tram_conj_pl_14.pdf</t>
+  </si>
+  <si>
     <t>A Comissão de Legislação, Justiça e Redação – CLJR e a Comissão de Serviços e Políticas Públicas Municipais, Urbanismo e Cidadania – CSPPMUC, com fulcro no art. 49, § 3º, inciso II do Regimento Interno, requerem de V. Exa. que a análise e deliberação do Projeto de Lei nº 14/2026, de autoria da Vereadora Shirley Elaine Gonçalves, que “Institui a Política Municipal de Arborização Integral, Pavimentação Ecológica Sustentável e Adaptação às Mudanças Climáticas – “PIUMHI VERDE 2030” – no Município de Piumhi/MG”, protocolizado nesta Casa Legislativa em 3 de março de 2026, ocorra de forma conjunta entre essas Comissões Permanentes.</t>
+  </si>
+  <si>
+    <t>8882</t>
+  </si>
+  <si>
+    <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8882/2026-03-31_req_45_tram_conj_pl_16.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Legislação, Justiça e Redação - CLJR e Comissão de Finanças e Orçamento - CFO, com fulcro no art. 49, § 3o, inciso II, do Regimento Interno, vêm através deste, requerer de V. Exa. que a análise e deliberação do Projeto de Lei n° 16/2026, de autoria da Mesa Diretora da Câmara Municipal, que “Altera dispositivos na Lei n° 1.951/2010, que ‘Dispõe sobre a alteração da Estrutura Organizacional e do Plano de Cargos e Vencimentos da Câmara Municipal de Piumhi e dá outras providências"’, protocolizado nesta Casa Legislativa em 18 de março de 2026, ocorra de forma conjunta entre estas Comissões Permanentes.</t>
   </si>
   <si>
     <t>8688</t>
   </si>
   <si>
     <t>REQAJ</t>
   </si>
   <si>
     <t>Requerimento - Assessoria Jurídica</t>
   </si>
   <si>
     <t>http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8688/2026-02-18_req_1_ass_jur_prorrog_prazo_pl_68.pdf</t>
   </si>
   <si>
     <t>Tendo em vista a necessidade de proceder com o Parecer Jurídico referente ao Projeto de Lei nº 68/2025, que cria o Dia do Casamento Comunitário no Município de Piumhi e dá outras providências, devido a questão relevante e que implica melhor análise da matéria, requer de V. Exa. a prorrogação do prazo por mais 10 (dez) dias úteis, nos termos do art. 60, § 2º do Regimento Interno.</t>
   </si>
   <si>
     <t>8861</t>
   </si>
   <si>
     <t>PAI</t>
   </si>
   <si>
     <t>Pedido de Acesso a Informação - Ouvidoria</t>
   </si>
@@ -3400,56 +3481,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8591/2026-01-20_emenda_geral_1_verbal_plc_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8579/2026-01-16_ind_16_poda_veg_prc_jose_firmino_p.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8580/2026-01-16_ind_17_estr_rural_reg_penedos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8583/2026-01-20_ind_20_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8584/2026-01-20_ind_21_atualizar_vencim_servidores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8585/2026-01-13_of_22_tempo_serv_lc_173_plc_21-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8588/2026-01-20_ind_24_tv_centro_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8589/2026-01-20_ind_25_ventiladores_atend_sus.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8590/2026-01-20_ind_26_redut_veloc_av_dario_melo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8866/2026-03-25_ind_151_sol_fix_placas_inform_tea.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8873/2026-03-27_ind_153_imp_faixa_ped_trans_piumhi.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8874/2026-03-27_ind_154_rec_asfalto_rua_pedro_veloso.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8754/2026-02-27_of_63_mens_adit_plc_7-2026_.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8623/2026-02-06_par_com_1_pl_65_da_nome_juliana.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8702/2026-02-20_par_com_2_pl_8_exames_stacasa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8704/2026-02-20_par_com_3_prest_cts_saae_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8705/2026-02-20_par_com_4_prest_cts_mun_dez_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8696/2026-02-20_par_com_6_cfo_proc_2_prest_cts_saae_dez_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8736/2026-02-27_par_com_7_pl_9_desaf_bem_publ.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8734/2026-02-27_par_com_8_pl_10_altera_lei_2800.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8731/2026-02-27_par_cfo_10_par_prev_tcemg_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8749/2026-02-27_par_com_11_par_prev_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8750/2026-02-27_par_com_12_pl_12_acord_coop_tjemg.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8751/2026-02-27_par_com_13_pl_69_dia_unid_cotolica.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8789/2026-03-06_par_com_14_pre_1_aprova_par_prev_tce_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8787/2026-03-06_par_com_15_plc_3_cosip.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8788/2026-03-06_par_com_16_pl_11_subv_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8829/2026-03-13_par_com_17_pre_2_aprova_par_prev_tce_2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8830/2026-03-13_par_com_18_plc_4_alt_lei_52.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8827/2026-03-13_par_com_19_plc_5_reest_magisterio.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8828/2026-03-13_par_com_20_plc_7_mens_adit_chacara.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8847/2026-03-19_par_com_21_pl_13_req_36_rep_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8848/2026-03-20_par_com_22_prest_cts_saae_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8849/2026-03-20_par_com_23_prest_ctas_mun_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8613/2026-02-04_par_rel_1_pl_65_da_nome_juliana.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8680/2026-02-13_par_rel_3_prest_cts_saae_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8681/2026-02-13_par_rel_4_prest_cts_mun_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8679/2026-02-13_par_rel_5_prest_cts_mun_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8682/2026-02-13_par_rel_6_prest_cts_saae_dez_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8725/2026-02-25_par_rel_7_pl_9_desaf_bem_publ.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8722/2026-02-25_par_rel_8_pl_10_altera_lei_2800.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8723/2026-02-25_par_rel_9_plc_6_prorrog_prazo_alvara.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8726/2026-02-25_par_rel_10_par_prev_tcemg_2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8724/2026-02-25_par_rel_11_par_prev_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8728/2026-02-25_par_rel_12_pl_12_acord_coop_tjemg.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8729/2026-02-25_par_rel_13_pl_69_dia_unid_cotolica.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8763/2026-03-04_par_rel_14_pre_1_aprova_par_prev_tce_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8761/2026-03-04_par_rel_15_plc_3_alt_lc_41_cosip.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8762/2026-03-04_par_rel_16_pl_11_subv_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8791/2026-03-06_par_rel_17_pre_2_aprova_par_prev_tce_2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8817/2026-03-11_par_rel_18_plc_4_alt_lei_52.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8818/2026-03-11_par_rel_19_plc_5_reest_magisterio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8812/2026-03-11_par_rel_20_plc_7_chacara_recreio.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8837/2026-03-17_par_rel_21_pl_13_req_36_rep_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8835/2026-03-17_par_rel_22_prest_cts_saae_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8834/2026-03-17_par_rel_23_pres_ctas_mun_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8564/2026-01-16_par_cont_1_plc_1_alt_lc_cargo_s_m_seg_pub.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8559/2026-01-16_par_cont_2_plc_2_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8565/2026-01-16_par_cont_3_pl_1_rev_geral_adm_d_ind.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8566/2026-01-16_par_cont_4_pl_2_rev_geral_camara.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8562/2026-01-16_par_cont_5_pl_3_duodec_poder_leg.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8567/2026-01-16_par_cont_6_pl_4_superavit_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8568/2026-01-16_par_cont_7_pl_5_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8563/2026-01-16_par_cont_8_pl_6_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8569/2026-01-16_par_cont_9_pl_7_subv_sociais.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8637/2026-02-05_par_cont_10_par_prev_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8621/2026-02-05_par_cont_11_par_prev_tcemg_prest_cts_2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8638/2026-02-05_par_cont_12_prest_cts_nov_2025_saae.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8639/2026-02-05_par_cont_13_prest_cts_nov_2025_mun.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8622/2026-02-05_par_cont_14_prest_cts_dez_2025_saae.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8640/2026-02-05_par_cont_15_prest_cts_dez_2025_mun.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8641/2026-02-05_par_cont_16_pl_8_subv_diagnost_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8649/2026-02-11_par_cont_017_pl_10_alt_lei_2800_estag_tjmg.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8650/2026-02-11_par_cont_018_plc_6_prorrog_prazo_alvara.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8692/2026-02-20_par_cont_19_plc_3_cosip.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8693/2026-02-20_par_cont_20_pl_11_rep_subv_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8694/2026-02-20_par_cont_21_pl_9_desaf_bem_pub.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8741/2026-02-27_par_cont_23_plc_5_reest_magist.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8755/2026-02-27_par_cont_24_plc_4_alt_lc_52-2018.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8805/2026-03-10_par_cont_25_pl_13_rep_sta_casa_.....pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8823/2026-03-12_par_cont_26_prest_cts_jan_2026_mun.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8822/2026-03-12_par_cont_27_prest_cts_jan_2026_saae.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8863/2026-03-25_parcont_028_pl_14_piumhi_verde_2030.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8864/2026-03-25_parcont_029_pl_15-2026.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8538/2026-01-13_par_jur_1_pl_1_rev_geral_adm_d_ind.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8539/2026-01-13_par_jur_2_pl_2_rev_geral_camara.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8551/2026-01-15_par_jur_3_plc_2_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8552/2026-01-15_par_jur_4_plc_1_cria_cargo_s_m_seg_pub.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8556/2026-01-16_par_jur_5_pl_7_subv_sociais.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8554/2026-01-16_par_jur_6_pl_3_duodec_poder_leg.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8557/2026-01-16_par_jur_7_pl_5_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8555/2026-01-16_par_jur_8_pl_6_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8558/2026-01-16_par_jur_9_pl_4_superavit_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8598/2026-01-27_par_jur_10_par_prev_tcemg_prest_ctas_2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8614/2026-02-04_par_jur_11_par_prev_tcemg_prest_ctas_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8628/2026-02-05_par_jur_12_pl_8_subv_diagnost_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8651/2026-02-09_par_jur_13_pl_69_dia_unid_catolica_piumhi.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8653/2026-02-11_par_jur_14_plc_6_prorrog_prazo_alvara.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8654/2026-02-11_par_jur_15_pl_10_alt_lei_2800_estag_tjmg.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8676/2026-02-11_par_jur_16_plc_3_cosip.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8677/2026-02-13_par_jur_17_pl_9_desaf_bem_pub.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8710/2026-02-20_par_jur_18_pl_12_acordo_camara_tjmg.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8740/2026-02-27_par_jurid_19_plc_5_reest_magist.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8756/2026-02-27_par_jur_20_plc_4_alt_lc_52-2018.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8757/2026-03-03_par_jur_21_pl_11_repas_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8758/2026-03-03_par_jur_22_plc_3_chacara_recreio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8785/2026-03-05_par_jur_23_pl_13_rec_fin_rep_subv.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8851/2026-03-23_par_jur_24_pl_15_direitos_pessoa_defic.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8871/2026-03-26_par_jur_27_pl_16_alt_lei_1.951_cmp.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8611/2026-01-30_of_77-2025_prest_cts_dez_2025_mun.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8739/2026-02-27_of_79_prest_cts_jan_2026_mun.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8644/2026-02-09_of_39_enc_plc_4_alt_lc_52-2018.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8646/2026-02-09_of_42_plc_6_alvara_fisc_func.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8545/2026-01-14_of_15_pl_3_duodecimo_poder_exec_2026.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8548/2026-01-14_of_20_pl_6_aut_repas_subv_sta_casa_.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8643/2026-02-09_of_41_pl_10_alt_lei_2.800.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8802/2026-03-09_of_gab_74_enc_pl_15_inst_pol_dir_pes_defic.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8743/2026-02-27_pre_1_parecer_previo_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8746/2026-03-02_pre_2_parecer_previo_tcemg_2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8833/2026-03-16_pelom_1_altera__art_103-a_lom.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8689/2026-02-18_rel_1-26_inf_col_resid_sol.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8711/2026-02-20_rel_3_req_152_infor_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8845/2026-03-19_rel_4_proc_1_req_1_mag_piso_sal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8573/2026-01-16_req_2_urg_esp_plc_1_cria_cargo_s_m_seg_pub.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8570/2026-01-16_req_3_reg_urg_plc_2.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8574/2026-01-16_req_4_urg_esp_pl_1_rev_geral_adm_d_ind.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8572/2026-01-16_req_5_urg_esp_pl_2_rev_geral_camara.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8571/2026-01-16_req_6_reg_urg_pl_3.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8576/2026-01-20_req_7_reg_urg_pl_4.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8578/2026-01-20_req_8_pl_5_rep_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8586/2026-01-20_req_9_reg_urg_pl_6.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8577/2026-01-20_req_10_reg_urg_pl_7.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8647/2026-02-09_req_12_form_conj_pl_8_subv_diagnost_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8707/2026-02-20_req_14_tram_conj_pl_10.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8703/2026-02-20_req_16_retirar_pl_68-2025_casam_comunt.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8701/2026-02-20_req_17_turno_unico_pl_8.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8695/2026-02-20_req_18_forma_conj_pl_9_desaf_bem.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8712/2026-02-23_req_19_retirar_req_13_infor_magisterio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8717/2026-02-23_req_20_form_conj_pl_69_dia_unid_catolica.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8718/2026-02-23_req_21_form_conj_pl_12_acordo_camara_tjmg.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8721/2026-02-25_req_22_for_conj_plc_3.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8738/2026-02-27_req_23_unica_disc_vot_pl_9.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8732/2026-02-27_req_24_turno_unico_pl_10.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8752/2026-02-27_req_25_turno_unico_pl_12.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8753/2026-02-27_req_26_turno_unico_pl_69.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8733/2026-02-27_req_27_turno_unico_plc_6.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8759/2026-03-03_req_28_for_conj_pl_11.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8779/2026-03-04_req_29_plc_4_forma_conj.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8780/2026-03-04_req_30_plc_5_forma_conj.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8782/2026-03-04_req_31_for_conj_plc_7.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8792/2026-03-06_req_32_turno_unico_pre_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8793/2026-03-06_req_33_turno_unico_plc_3.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8794/2026-03-06_req_34_turno_unico_pl_11.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8806/2026-03-10_req_35_suspensao_proced_4_req_11.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8809/2026-03-10_2_req_36_pl_13_forma_conj.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8826/2026-03-13_req_37_turno_unico_plc_7.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8836/2026-03-18_req_39_turno_unico_pre_2.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8840/2026-03-18_req_40_plc_4_unica_disc_voto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8838/2026-03-18_req_41_plc_5_unica_disc_voto.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8850/2026-03-23_req_42_turno_unico_pl_13.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8865/2026-03-26_req_43_tram_conj_pl_15.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8688/2026-02-18_req_1_ass_jur_prorrog_prazo_pl_68.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8861/2026-03-25_solic_ouv_08h13_sol_pl_4_5_6_.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8862/2026-03-25_den_ouv_14h10_sol_plc_4_5_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8591/2026-01-20_emenda_geral_1_verbal_plc_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8579/2026-01-16_ind_16_poda_veg_prc_jose_firmino_p.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8580/2026-01-16_ind_17_estr_rural_reg_penedos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8583/2026-01-20_ind_20_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8584/2026-01-20_ind_21_atualizar_vencim_servidores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8585/2026-01-13_of_22_tempo_serv_lc_173_plc_21-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8588/2026-01-20_ind_24_tv_centro_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8589/2026-01-20_ind_25_ventiladores_atend_sus.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8590/2026-01-20_ind_26_redut_veloc_av_dario_melo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8866/2026-03-25_ind_151_sol_fix_placas_inform_tea.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8873/2026-03-27_ind_153_imp_faixa_ped_trans_piumhi.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8874/2026-03-27_ind_154_rec_asfalto_rua_pedro_veloso.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8754/2026-02-27_of_63_mens_adit_plc_7-2026_.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8767/2026-03-03_mocao_1_amigas_que_correm.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8623/2026-02-06_par_com_1_pl_65_da_nome_juliana.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8702/2026-02-20_par_com_2_pl_8_exames_stacasa.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8704/2026-02-20_par_com_3_prest_cts_saae_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8705/2026-02-20_par_com_4_prest_cts_mun_dez_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8696/2026-02-20_par_com_6_cfo_proc_2_prest_cts_saae_dez_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8736/2026-02-27_par_com_7_pl_9_desaf_bem_publ.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8734/2026-02-27_par_com_8_pl_10_altera_lei_2800.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8731/2026-02-27_par_cfo_10_par_prev_tcemg_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8749/2026-02-27_par_com_11_par_prev_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8750/2026-02-27_par_com_12_pl_12_acord_coop_tjemg.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8751/2026-02-27_par_com_13_pl_69_dia_unid_cotolica.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8789/2026-03-06_par_com_14_pre_1_aprova_par_prev_tce_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8787/2026-03-06_par_com_15_plc_3_cosip.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8788/2026-03-06_par_com_16_pl_11_subv_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8829/2026-03-13_par_com_17_pre_2_aprova_par_prev_tce_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8830/2026-03-13_par_com_18_plc_4_alt_lei_52.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8827/2026-03-13_par_com_19_plc_5_reest_magisterio.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8828/2026-03-13_par_com_20_plc_7_mens_adit_chacara.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8847/2026-03-19_par_com_21_pl_13_req_36_rep_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8848/2026-03-20_par_com_22_prest_cts_saae_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8849/2026-03-20_par_com_23_prest_ctas_mun_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8613/2026-02-04_par_rel_1_pl_65_da_nome_juliana.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8680/2026-02-13_par_rel_3_prest_cts_saae_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8681/2026-02-13_par_rel_4_prest_cts_mun_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8679/2026-02-13_par_rel_5_prest_cts_mun_nov_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8682/2026-02-13_par_rel_6_prest_cts_saae_dez_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8725/2026-02-25_par_rel_7_pl_9_desaf_bem_publ.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8722/2026-02-25_par_rel_8_pl_10_altera_lei_2800.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8723/2026-02-25_par_rel_9_plc_6_prorrog_prazo_alvara.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8726/2026-02-25_par_rel_10_par_prev_tcemg_2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8724/2026-02-25_par_rel_11_par_prev_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8728/2026-02-25_par_rel_12_pl_12_acord_coop_tjemg.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8729/2026-02-25_par_rel_13_pl_69_dia_unid_cotolica.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8763/2026-03-04_par_rel_14_pre_1_aprova_par_prev_tce_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8761/2026-03-04_par_rel_15_plc_3_alt_lc_41_cosip.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8762/2026-03-04_par_rel_16_pl_11_subv_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8791/2026-03-06_par_rel_17_pre_2_aprova_par_prev_tce_2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8817/2026-03-11_par_rel_18_plc_4_alt_lei_52.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8818/2026-03-11_par_rel_19_plc_5_reest_magisterio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8812/2026-03-11_par_rel_20_plc_7_chacara_recreio.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8837/2026-03-17_par_rel_21_pl_13_req_36_rep_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8835/2026-03-17_par_rel_22_prest_cts_saae_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8834/2026-03-17_par_rel_23_pres_ctas_mun_jan_2026.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8564/2026-01-16_par_cont_1_plc_1_alt_lc_cargo_s_m_seg_pub.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8559/2026-01-16_par_cont_2_plc_2_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8565/2026-01-16_par_cont_3_pl_1_rev_geral_adm_d_ind.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8566/2026-01-16_par_cont_4_pl_2_rev_geral_camara.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8562/2026-01-16_par_cont_5_pl_3_duodec_poder_leg.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8567/2026-01-16_par_cont_6_pl_4_superavit_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8568/2026-01-16_par_cont_7_pl_5_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8563/2026-01-16_par_cont_8_pl_6_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8569/2026-01-16_par_cont_9_pl_7_subv_sociais.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8637/2026-02-05_par_cont_10_par_prev_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8621/2026-02-05_par_cont_11_par_prev_tcemg_prest_cts_2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8638/2026-02-05_par_cont_12_prest_cts_nov_2025_saae.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8639/2026-02-05_par_cont_13_prest_cts_nov_2025_mun.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8622/2026-02-05_par_cont_14_prest_cts_dez_2025_saae.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8640/2026-02-05_par_cont_15_prest_cts_dez_2025_mun.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8641/2026-02-05_par_cont_16_pl_8_subv_diagnost_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8649/2026-02-11_par_cont_017_pl_10_alt_lei_2800_estag_tjmg.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8650/2026-02-11_par_cont_018_plc_6_prorrog_prazo_alvara.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8692/2026-02-20_par_cont_19_plc_3_cosip.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8693/2026-02-20_par_cont_20_pl_11_rep_subv_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8694/2026-02-20_par_cont_21_pl_9_desaf_bem_pub.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8741/2026-02-27_par_cont_23_plc_5_reest_magist.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8755/2026-02-27_par_cont_24_plc_4_alt_lc_52-2018.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8805/2026-03-10_par_cont_25_pl_13_rep_sta_casa_.....pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8823/2026-03-12_par_cont_26_prest_cts_jan_2026_mun.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8822/2026-03-12_par_cont_27_prest_cts_jan_2026_saae.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8863/2026-03-25_par_cont_028_pl_14_piumhi_verde_2030_.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8864/2026-03-25_parcont_029_pl_15-2026.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8881/2026-03-30_par_cont_030_pl_16_alt_lei_1.951_cmp_.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8538/2026-01-13_par_jur_1_pl_1_rev_geral_adm_d_ind.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8539/2026-01-13_par_jur_2_pl_2_rev_geral_camara.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8551/2026-01-15_par_jur_3_plc_2_desconto_iptu.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8552/2026-01-15_par_jur_4_plc_1_cria_cargo_s_m_seg_pub.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8556/2026-01-16_par_jur_5_pl_7_subv_sociais.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8554/2026-01-16_par_jur_6_pl_3_duodec_poder_leg.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8557/2026-01-16_par_jur_7_pl_5_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8555/2026-01-16_par_jur_8_pl_6_repasse_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8558/2026-01-16_par_jur_9_pl_4_superavit_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8598/2026-01-27_par_jur_10_par_prev_tcemg_prest_ctas_2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8614/2026-02-04_par_jur_11_par_prev_tcemg_prest_ctas_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8628/2026-02-05_par_jur_12_pl_8_subv_diagnost_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8651/2026-02-09_par_jur_13_pl_69_dia_unid_catolica_piumhi.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8653/2026-02-11_par_jur_14_plc_6_prorrog_prazo_alvara.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8654/2026-02-11_par_jur_15_pl_10_alt_lei_2800_estag_tjmg.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8676/2026-02-11_par_jur_16_plc_3_cosip.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8677/2026-02-13_par_jur_17_pl_9_desaf_bem_pub.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8710/2026-02-20_par_jur_18_pl_12_acordo_camara_tjmg.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8740/2026-02-27_par_jurid_19_plc_5_reest_magist.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8756/2026-02-27_par_jur_20_plc_4_alt_lc_52-2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8757/2026-03-03_par_jur_21_pl_11_repas_lar_s_franc.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8758/2026-03-03_par_jur_22_plc_3_chacara_recreio.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8785/2026-03-05_par_jur_23_pl_13_rec_fin_rep_subv.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8851/2026-03-23_par_jur_24_pl_15_direitos_pessoa_defic.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8868/2026-03-25_par_jur_25_pl_14_piumhi_verde_2030.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8871/2026-03-26_par_jur_27_pl_16_alt_lei_1.951_cmp.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8611/2026-01-30_of_77-2025_prest_cts_dez_2025_mun.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8739/2026-02-27_of_79_prest_cts_jan_2026_mun.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8875/2026-03-30_of_80_cont_prest_cts_fev_mun_.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8644/2026-02-09_of_39_enc_plc_4_alt_lc_52-2018.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8646/2026-02-09_of_42_plc_6_alvara_fisc_func.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8545/2026-01-14_of_15_pl_3_duodecimo_poder_exec_2026.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8548/2026-01-14_of_20_pl_6_aut_repas_subv_sta_casa_.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8643/2026-02-09_of_41_pl_10_alt_lei_2.800.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8802/2026-03-09_of_gab_74_enc_pl_15_inst_pol_dir_pes_defic.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8743/2026-02-27_pre_1_parecer_previo_tcemg_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8746/2026-03-02_pre_2_parecer_previo_tcemg_2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8833/2026-03-16_pelom_1_altera__art_103-a_lom.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8689/2026-02-18_rel_1-26_inf_col_resid_sol.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8711/2026-02-20_rel_3_req_152_infor_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8845/2026-03-19_rel_4_proc_1_req_1_mag_piso_sal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8573/2026-01-16_req_2_urg_esp_plc_1_cria_cargo_s_m_seg_pub.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8570/2026-01-16_req_3_reg_urg_plc_2.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8574/2026-01-16_req_4_urg_esp_pl_1_rev_geral_adm_d_ind.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8572/2026-01-16_req_5_urg_esp_pl_2_rev_geral_camara.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8571/2026-01-16_req_6_reg_urg_pl_3.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8576/2026-01-20_req_7_reg_urg_pl_4.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8578/2026-01-20_req_8_pl_5_rep_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8586/2026-01-20_req_9_reg_urg_pl_6.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8577/2026-01-20_req_10_reg_urg_pl_7.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8647/2026-02-09_req_12_form_conj_pl_8_subv_diagnost_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8707/2026-02-20_req_14_tram_conj_pl_10.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8703/2026-02-20_req_16_retirar_pl_68-2025_casam_comunt.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8701/2026-02-20_req_17_turno_unico_pl_8.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8695/2026-02-20_req_18_forma_conj_pl_9_desaf_bem.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8712/2026-02-23_req_19_retirar_req_13_infor_magisterio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8717/2026-02-23_req_20_form_conj_pl_69_dia_unid_catolica.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8718/2026-02-23_req_21_form_conj_pl_12_acordo_camara_tjmg.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8721/2026-02-25_req_22_for_conj_plc_3.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8738/2026-02-27_req_23_unica_disc_vot_pl_9.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8732/2026-02-27_req_24_turno_unico_pl_10.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8752/2026-02-27_req_25_turno_unico_pl_12.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8753/2026-02-27_req_26_turno_unico_pl_69.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8733/2026-02-27_req_27_turno_unico_plc_6.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8759/2026-03-03_req_28_for_conj_pl_11.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8779/2026-03-04_req_29_plc_4_forma_conj.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8780/2026-03-04_req_30_plc_5_forma_conj.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8782/2026-03-04_req_31_for_conj_plc_7.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8792/2026-03-06_req_32_turno_unico_pre_1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8793/2026-03-06_req_33_turno_unico_plc_3.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8794/2026-03-06_req_34_turno_unico_pl_11.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8806/2026-03-10_req_35_suspensao_proced_4_req_11.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8809/2026-03-10_2_req_36_pl_13_forma_conj.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8826/2026-03-13_req_37_turno_unico_plc_7.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8836/2026-03-18_req_39_turno_unico_pre_2.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8840/2026-03-18_req_40_plc_4_unica_disc_voto.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8838/2026-03-18_req_41_plc_5_unica_disc_voto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8850/2026-03-23_req_42_turno_unico_pl_13.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8865/2026-03-26_req_43_tram_conj_pl_15.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8872/2026-03-26_req_44_tram_conj_pl_14.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8882/2026-03-31_req_45_tram_conj_pl_16.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8688/2026-02-18_req_1_ass_jur_prorrog_prazo_pl_68.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8861/2026-03-25_solic_ouv_08h13_sol_pl_4_5_6_.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.piumhi.mg.leg.br/media/sapl/public/materialegislativa/2026/8862/2026-03-25_den_ouv_14h10_sol_plc_4_5_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H318"/>
+  <dimension ref="A1:H326"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="197.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7484,4246 +7565,4454 @@
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156" t="s">
         <v>18</v>
       </c>
       <c r="F156" t="s">
         <v>43</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H156" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>500</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>10</v>
+        <v>501</v>
       </c>
       <c r="D157" t="s">
-        <v>501</v>
+        <v>17</v>
       </c>
       <c r="E157" t="s">
+        <v>18</v>
+      </c>
+      <c r="F157" t="s">
+        <v>43</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H157" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>10</v>
+        <v>504</v>
       </c>
       <c r="D158" t="s">
-        <v>507</v>
+        <v>17</v>
       </c>
       <c r="E158" t="s">
-        <v>508</v>
+        <v>18</v>
       </c>
       <c r="F158" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H158" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>10</v>
+        <v>507</v>
       </c>
       <c r="D159" t="s">
-        <v>511</v>
+        <v>17</v>
       </c>
       <c r="E159" t="s">
-        <v>512</v>
+        <v>18</v>
       </c>
       <c r="F159" t="s">
-        <v>513</v>
+        <v>24</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>514</v>
+        <v>20</v>
       </c>
       <c r="H159" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>23</v>
+        <v>510</v>
       </c>
       <c r="D160" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" t="s">
+        <v>18</v>
+      </c>
+      <c r="F160" t="s">
+        <v>24</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H160" t="s">
         <v>511</v>
-      </c>
-[...10 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>27</v>
+        <v>513</v>
       </c>
       <c r="D161" t="s">
-        <v>511</v>
+        <v>17</v>
       </c>
       <c r="E161" t="s">
-        <v>512</v>
+        <v>18</v>
       </c>
       <c r="F161" t="s">
-        <v>521</v>
+        <v>24</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>522</v>
+        <v>20</v>
       </c>
       <c r="H161" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D162" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="E162" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F162" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="H162" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="E163" t="s">
-        <v>512</v>
+        <v>523</v>
       </c>
       <c r="F163" t="s">
-        <v>521</v>
+        <v>43</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>20</v>
+        <v>524</v>
       </c>
       <c r="H163" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>526</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>10</v>
+      </c>
+      <c r="D164" t="s">
+        <v>527</v>
+      </c>
+      <c r="E164" t="s">
+        <v>528</v>
+      </c>
+      <c r="F164" t="s">
         <v>529</v>
-      </c>
-[...13 lines deleted...]
-        <v>521</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H164" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>532</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D165" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E165" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F165" t="s">
         <v>533</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>534</v>
       </c>
       <c r="H165" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>536</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D166" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E166" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F166" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="H166" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D167" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E167" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F167" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>20</v>
+        <v>541</v>
       </c>
       <c r="H167" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D168" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E168" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F168" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>543</v>
+        <v>20</v>
       </c>
       <c r="H168" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>545</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="D169" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E169" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F169" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>546</v>
       </c>
       <c r="H169" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>548</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D170" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E170" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F170" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H170" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="D171" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E171" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F171" t="s">
-        <v>513</v>
+        <v>549</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H171" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="D172" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E172" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F172" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>556</v>
+        <v>20</v>
       </c>
       <c r="H172" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>558</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="D173" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E173" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F173" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>559</v>
       </c>
       <c r="H173" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>561</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="D174" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E174" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F174" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H174" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>564</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D175" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E175" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F175" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H175" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>567</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="D176" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E176" t="s">
-        <v>512</v>
+        <v>528</v>
+      </c>
+      <c r="F176" t="s">
+        <v>529</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>568</v>
       </c>
       <c r="H176" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>570</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="D177" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E177" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F177" t="s">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H177" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="D178" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E178" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F178" t="s">
-        <v>513</v>
+        <v>549</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H178" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="D179" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E179" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F179" t="s">
-        <v>517</v>
+        <v>549</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H179" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="D180" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E180" t="s">
-        <v>512</v>
+        <v>528</v>
       </c>
       <c r="F180" t="s">
-        <v>521</v>
+        <v>571</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H180" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="D181" t="s">
-        <v>511</v>
+        <v>527</v>
       </c>
       <c r="E181" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H181" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="D182" t="s">
-        <v>586</v>
+        <v>527</v>
       </c>
       <c r="E182" t="s">
+        <v>528</v>
+      </c>
+      <c r="F182" t="s">
+        <v>571</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F182" t="s">
+      <c r="H182" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>589</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>82</v>
+      </c>
+      <c r="D183" t="s">
+        <v>527</v>
+      </c>
+      <c r="E183" t="s">
+        <v>528</v>
+      </c>
+      <c r="F183" t="s">
+        <v>529</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H183" t="s">
         <v>591</v>
-      </c>
-[...19 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>592</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>86</v>
+      </c>
+      <c r="D184" t="s">
+        <v>527</v>
+      </c>
+      <c r="E184" t="s">
+        <v>528</v>
+      </c>
+      <c r="F184" t="s">
+        <v>533</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="B184" t="s">
-[...14 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>595</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="D185" t="s">
-        <v>586</v>
+        <v>527</v>
       </c>
       <c r="E185" t="s">
-        <v>587</v>
+        <v>528</v>
       </c>
       <c r="F185" t="s">
-        <v>588</v>
+        <v>537</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>596</v>
       </c>
       <c r="H185" t="s">
-        <v>526</v>
+        <v>597</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="D186" t="s">
-        <v>586</v>
+        <v>527</v>
       </c>
       <c r="E186" t="s">
-        <v>587</v>
+        <v>528</v>
       </c>
       <c r="F186" t="s">
-        <v>588</v>
+        <v>537</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H186" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E187" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F187" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="H187" t="s">
-        <v>531</v>
+        <v>606</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>607</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>23</v>
+      </c>
+      <c r="D188" t="s">
         <v>602</v>
       </c>
-      <c r="B188" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E188" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F188" t="s">
-        <v>588</v>
+        <v>608</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>603</v>
+        <v>20</v>
       </c>
       <c r="H188" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>609</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>27</v>
+      </c>
+      <c r="D189" t="s">
+        <v>602</v>
+      </c>
+      <c r="E189" t="s">
+        <v>603</v>
+      </c>
+      <c r="F189" t="s">
         <v>604</v>
       </c>
-      <c r="B189" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G189" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="H189" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D190" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E190" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F190" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="H190" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D191" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E191" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F191" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="H191" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="D192" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E192" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F192" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H192" t="s">
-        <v>613</v>
+        <v>547</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D193" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E193" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F193" t="s">
-        <v>521</v>
+        <v>604</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="H193" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="D194" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E194" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F194" t="s">
-        <v>555</v>
+        <v>604</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="H194" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="D195" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E195" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F195" t="s">
-        <v>107</v>
+        <v>604</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="H195" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="D196" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E196" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F196" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="H196" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="D197" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E197" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F197" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H197" t="s">
-        <v>563</v>
+        <v>629</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D198" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E198" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F198" t="s">
-        <v>107</v>
+        <v>537</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="H198" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="D199" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E199" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F199" t="s">
-        <v>588</v>
+        <v>571</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="H199" t="s">
-        <v>629</v>
+        <v>569</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="D200" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E200" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F200" t="s">
-        <v>588</v>
+        <v>107</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="H200" t="s">
-        <v>632</v>
+        <v>573</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="D201" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E201" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F201" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="H201" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="D202" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E202" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F202" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="H202" t="s">
-        <v>638</v>
+        <v>579</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="D203" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E203" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F203" t="s">
-        <v>588</v>
+        <v>107</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H203" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="D204" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E204" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F204" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="H204" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="D205" t="s">
-        <v>645</v>
+        <v>602</v>
       </c>
       <c r="E205" t="s">
-        <v>646</v>
+        <v>603</v>
       </c>
       <c r="F205" t="s">
+        <v>604</v>
+      </c>
+      <c r="G205" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="G205" s="1" t="s">
+      <c r="H205" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>649</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>82</v>
+      </c>
+      <c r="D206" t="s">
+        <v>602</v>
+      </c>
+      <c r="E206" t="s">
+        <v>603</v>
+      </c>
+      <c r="F206" t="s">
+        <v>604</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="B206" t="s">
-[...14 lines deleted...]
-      <c r="G206" s="1" t="s">
+      <c r="H206" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>652</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>86</v>
+      </c>
+      <c r="D207" t="s">
+        <v>602</v>
+      </c>
+      <c r="E207" t="s">
+        <v>603</v>
+      </c>
+      <c r="F207" t="s">
+        <v>608</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="B207" t="s">
-[...14 lines deleted...]
-      <c r="G207" s="1" t="s">
+      <c r="H207" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>655</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>90</v>
+      </c>
+      <c r="D208" t="s">
+        <v>602</v>
+      </c>
+      <c r="E208" t="s">
+        <v>603</v>
+      </c>
+      <c r="F208" t="s">
+        <v>604</v>
+      </c>
+      <c r="G208" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="B208" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H208" t="s">
-        <v>658</v>
+        <v>597</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>657</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>94</v>
+      </c>
+      <c r="D209" t="s">
+        <v>602</v>
+      </c>
+      <c r="E209" t="s">
+        <v>603</v>
+      </c>
+      <c r="F209" t="s">
+        <v>604</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H209" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>660</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>10</v>
+      </c>
+      <c r="D210" t="s">
+        <v>661</v>
+      </c>
+      <c r="E210" t="s">
         <v>662</v>
       </c>
-      <c r="B210" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F210" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H210" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D211" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E211" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F211" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H211" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D212" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E212" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F212" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H212" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D213" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E213" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F213" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H213" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D214" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E214" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F214" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H214" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="D215" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E215" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F215" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H215" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="D216" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E216" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F216" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="H216" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="D217" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E217" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F217" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H217" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="D218" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E218" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F218" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H218" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="D219" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E219" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F219" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="H219" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="D220" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E220" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F220" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H220" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="D221" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E221" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F221" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H221" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="D222" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E222" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F222" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H222" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="D223" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E223" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F223" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="H223" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="D224" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E224" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F224" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H224" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="D225" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E225" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F225" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H225" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="D226" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E226" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F226" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>20</v>
+        <v>712</v>
       </c>
       <c r="H226" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="D227" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E227" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F227" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="H227" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="D228" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E228" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F228" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="H228" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="D229" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E229" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F229" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="H229" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D230" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E230" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F230" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="H230" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="D231" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E231" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F231" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>725</v>
+        <v>20</v>
       </c>
       <c r="H231" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="D232" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E232" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F232" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H232" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="D233" t="s">
-        <v>645</v>
+        <v>661</v>
       </c>
       <c r="E233" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F233" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H233" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="D234" t="s">
-        <v>734</v>
+        <v>661</v>
       </c>
       <c r="E234" t="s">
+        <v>662</v>
+      </c>
+      <c r="F234" t="s">
+        <v>663</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="F234" t="s">
+      <c r="H234" t="s">
         <v>736</v>
-      </c>
-[...4 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>737</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>106</v>
+      </c>
+      <c r="D235" t="s">
+        <v>661</v>
+      </c>
+      <c r="E235" t="s">
+        <v>662</v>
+      </c>
+      <c r="F235" t="s">
+        <v>663</v>
+      </c>
+      <c r="G235" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B235" t="s">
-[...14 lines deleted...]
-      <c r="G235" s="1" t="s">
+      <c r="H235" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>740</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>111</v>
+      </c>
+      <c r="D236" t="s">
+        <v>661</v>
+      </c>
+      <c r="E236" t="s">
+        <v>662</v>
+      </c>
+      <c r="F236" t="s">
+        <v>663</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B236" t="s">
-[...14 lines deleted...]
-      <c r="G236" s="1" t="s">
+      <c r="H236" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>743</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>114</v>
+      </c>
+      <c r="D237" t="s">
+        <v>661</v>
+      </c>
+      <c r="E237" t="s">
+        <v>662</v>
+      </c>
+      <c r="F237" t="s">
+        <v>663</v>
+      </c>
+      <c r="G237" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B237" t="s">
-[...14 lines deleted...]
-      <c r="G237" s="1" t="s">
+      <c r="H237" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>746</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>118</v>
+      </c>
+      <c r="D238" t="s">
+        <v>661</v>
+      </c>
+      <c r="E238" t="s">
+        <v>662</v>
+      </c>
+      <c r="F238" t="s">
+        <v>663</v>
+      </c>
+      <c r="G238" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B238" t="s">
-[...14 lines deleted...]
-      <c r="G238" s="1" t="s">
+      <c r="H238" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>749</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>121</v>
+      </c>
+      <c r="D239" t="s">
+        <v>661</v>
+      </c>
+      <c r="E239" t="s">
+        <v>662</v>
+      </c>
+      <c r="F239" t="s">
+        <v>663</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="B239" t="s">
-[...14 lines deleted...]
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>752</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E240" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F240" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="H240" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>757</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>23</v>
+      </c>
+      <c r="D241" t="s">
+        <v>753</v>
+      </c>
+      <c r="E241" t="s">
         <v>754</v>
       </c>
-      <c r="B241" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F241" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="H241" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="D242" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E242" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F242" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="H242" t="s">
-        <v>673</v>
+        <v>762</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="D243" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E243" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F243" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="H243" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="D244" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E244" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F244" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="H244" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="D245" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E245" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F245" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="H245" t="s">
-        <v>767</v>
+        <v>680</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="D246" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E246" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F246" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="H246" t="s">
-        <v>770</v>
+        <v>683</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="D247" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E247" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F247" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H247" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="D248" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E248" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F248" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="H248" t="s">
-        <v>776</v>
+        <v>689</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="D249" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E249" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F249" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H249" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="D250" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E250" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F250" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H250" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="D251" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E251" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F251" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H251" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="D252" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E252" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F252" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H252" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="D253" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E253" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F253" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H253" t="s">
-        <v>717</v>
+        <v>792</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="D254" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E254" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F254" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="H254" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="D255" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E255" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F255" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="H255" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="D256" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E256" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F256" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H256" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="D257" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E257" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F257" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="H257" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="D258" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E258" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F258" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>20</v>
+        <v>806</v>
       </c>
       <c r="H258" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D259" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E259" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F259" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>20</v>
+        <v>809</v>
       </c>
       <c r="H259" t="s">
-        <v>806</v>
+        <v>733</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>111</v>
+        <v>86</v>
       </c>
       <c r="D260" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="E260" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="F260" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="H260" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D261" t="s">
-        <v>811</v>
+        <v>753</v>
       </c>
       <c r="E261" t="s">
-        <v>812</v>
+        <v>754</v>
       </c>
       <c r="F261" t="s">
-        <v>503</v>
+        <v>755</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H261" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="D262" t="s">
-        <v>811</v>
+        <v>753</v>
       </c>
       <c r="E262" t="s">
-        <v>812</v>
+        <v>754</v>
       </c>
       <c r="F262" t="s">
-        <v>503</v>
+        <v>755</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="H262" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="D263" t="s">
-        <v>819</v>
+        <v>753</v>
       </c>
       <c r="E263" t="s">
+        <v>754</v>
+      </c>
+      <c r="F263" t="s">
+        <v>755</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="F263" t="s">
-[...2 lines deleted...]
-      <c r="G263" s="1" t="s">
+      <c r="H263" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>822</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>102</v>
+      </c>
+      <c r="D264" t="s">
+        <v>753</v>
+      </c>
+      <c r="E264" t="s">
+        <v>754</v>
+      </c>
+      <c r="F264" t="s">
+        <v>755</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="B264" t="s">
-[...14 lines deleted...]
-      <c r="G264" s="1" t="s">
+      <c r="H264" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>825</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>106</v>
+      </c>
+      <c r="D265" t="s">
+        <v>753</v>
+      </c>
+      <c r="E265" t="s">
+        <v>754</v>
+      </c>
+      <c r="F265" t="s">
+        <v>755</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H265" t="s">
         <v>826</v>
-      </c>
-[...19 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="D266" t="s">
-        <v>827</v>
+        <v>753</v>
       </c>
       <c r="E266" t="s">
+        <v>754</v>
+      </c>
+      <c r="F266" t="s">
+        <v>755</v>
+      </c>
+      <c r="G266" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="F266" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H266" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>830</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>10</v>
+      </c>
+      <c r="D267" t="s">
+        <v>831</v>
+      </c>
+      <c r="E267" t="s">
+        <v>832</v>
+      </c>
+      <c r="F267" t="s">
+        <v>518</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H267" t="s">
         <v>834</v>
-      </c>
-[...19 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>835</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>23</v>
+      </c>
+      <c r="D268" t="s">
+        <v>831</v>
+      </c>
+      <c r="E268" t="s">
+        <v>832</v>
+      </c>
+      <c r="F268" t="s">
+        <v>518</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H268" t="s">
         <v>837</v>
-      </c>
-[...19 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>838</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>27</v>
+      </c>
+      <c r="D269" t="s">
+        <v>831</v>
+      </c>
+      <c r="E269" t="s">
+        <v>832</v>
+      </c>
+      <c r="F269" t="s">
+        <v>518</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H269" t="s">
         <v>840</v>
-      </c>
-[...19 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>841</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>30</v>
+      </c>
+      <c r="D270" t="s">
+        <v>842</v>
+      </c>
+      <c r="E270" t="s">
+        <v>843</v>
+      </c>
+      <c r="F270" t="s">
+        <v>518</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H270" t="s">
         <v>845</v>
-      </c>
-[...19 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>846</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>36</v>
+      </c>
+      <c r="D271" t="s">
+        <v>842</v>
+      </c>
+      <c r="E271" t="s">
+        <v>843</v>
+      </c>
+      <c r="F271" t="s">
+        <v>518</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H271" t="s">
         <v>848</v>
-      </c>
-[...19 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>849</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>27</v>
+      </c>
+      <c r="D272" t="s">
+        <v>850</v>
+      </c>
+      <c r="E272" t="s">
+        <v>851</v>
+      </c>
+      <c r="F272" t="s">
+        <v>518</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H272" t="s">
         <v>853</v>
-      </c>
-[...19 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D273" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="E273" t="s">
+        <v>851</v>
+      </c>
+      <c r="F273" t="s">
+        <v>518</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="F273" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H273" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="D274" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="E274" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="F274" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="H274" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="D275" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="E275" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="F275" t="s">
-        <v>24</v>
+        <v>518</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="H275" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>863</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>10</v>
+      </c>
+      <c r="D276" t="s">
+        <v>864</v>
+      </c>
+      <c r="E276" t="s">
+        <v>865</v>
+      </c>
+      <c r="F276" t="s">
+        <v>537</v>
+      </c>
+      <c r="G276" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="B276" t="s">
-[...5 lines deleted...]
-      <c r="D276" t="s">
+      <c r="H276" t="s">
         <v>867</v>
-      </c>
-[...10 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D277" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="E277" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="F277" t="s">
+        <v>537</v>
+      </c>
+      <c r="G277" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="G277" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H277" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>871</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>10</v>
+      </c>
+      <c r="D278" t="s">
+        <v>872</v>
+      </c>
+      <c r="E278" t="s">
+        <v>873</v>
+      </c>
+      <c r="F278" t="s">
+        <v>13</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H278" t="s">
         <v>875</v>
-      </c>
-[...19 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>876</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>10</v>
+      </c>
+      <c r="D279" t="s">
+        <v>877</v>
+      </c>
+      <c r="E279" t="s">
         <v>878</v>
       </c>
-      <c r="B279" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F279" t="s">
-        <v>316</v>
+        <v>604</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>879</v>
       </c>
       <c r="H279" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>881</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D280" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="E280" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="F280" t="s">
-        <v>869</v>
+        <v>316</v>
       </c>
       <c r="G280" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H280" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
+        <v>883</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>27</v>
+      </c>
+      <c r="D281" t="s">
+        <v>877</v>
+      </c>
+      <c r="E281" t="s">
+        <v>878</v>
+      </c>
+      <c r="F281" t="s">
+        <v>24</v>
+      </c>
+      <c r="G281" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="B281" t="s">
-[...11 lines deleted...]
-      <c r="F281" t="s">
+      <c r="H281" t="s">
         <v>885</v>
-      </c>
-[...4 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
+        <v>886</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>30</v>
+      </c>
+      <c r="D282" t="s">
+        <v>877</v>
+      </c>
+      <c r="E282" t="s">
+        <v>878</v>
+      </c>
+      <c r="F282" t="s">
+        <v>24</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H282" t="s">
         <v>888</v>
-      </c>
-[...19 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>889</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>23</v>
+      </c>
+      <c r="D283" t="s">
+        <v>890</v>
+      </c>
+      <c r="E283" t="s">
         <v>891</v>
       </c>
-      <c r="B283" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F283" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H283" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="D284" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E284" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F284" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H284" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="D285" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E285" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F285" t="s">
-        <v>517</v>
+        <v>892</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="H285" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D286" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E286" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F286" t="s">
-        <v>533</v>
+        <v>316</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H286" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="D287" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E287" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F287" t="s">
-        <v>540</v>
+        <v>892</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>20</v>
+        <v>905</v>
       </c>
       <c r="H287" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="D288" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E288" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F288" t="s">
-        <v>72</v>
+        <v>908</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="H288" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>911</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>42</v>
+      </c>
+      <c r="D289" t="s">
+        <v>890</v>
+      </c>
+      <c r="E289" t="s">
+        <v>891</v>
+      </c>
+      <c r="F289" t="s">
         <v>908</v>
       </c>
-      <c r="B289" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G289" s="1" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="H289" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="D290" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E290" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F290" t="s">
-        <v>533</v>
+        <v>908</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="H290" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="D291" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E291" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F291" t="s">
-        <v>24</v>
+        <v>908</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="H291" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="D292" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E292" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F292" t="s">
-        <v>513</v>
+        <v>533</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="H292" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="D293" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E293" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F293" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="H293" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="D294" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E294" t="s">
-        <v>868</v>
+        <v>891</v>
+      </c>
+      <c r="F294" t="s">
+        <v>556</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>925</v>
+        <v>20</v>
       </c>
       <c r="H294" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="D295" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E295" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F295" t="s">
-        <v>928</v>
+        <v>72</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>929</v>
       </c>
       <c r="H295" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>931</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="D296" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E296" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F296" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H296" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="D297" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E297" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F297" t="s">
-        <v>928</v>
+        <v>549</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="H297" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="D298" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E298" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F298" t="s">
-        <v>928</v>
+        <v>24</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H298" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="D299" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E299" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F299" t="s">
-        <v>928</v>
+        <v>529</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H299" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="D300" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E300" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F300" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H300" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="D301" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E301" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>891</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H301" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="D302" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E302" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F302" t="s">
-        <v>533</v>
+        <v>951</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H302" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="D303" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E303" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F303" t="s">
-        <v>513</v>
+        <v>951</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="H303" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="D304" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E304" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F304" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="H304" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="D305" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E305" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F305" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="H305" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="D306" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E306" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F306" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="H306" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="D307" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E307" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F307" t="s">
-        <v>24</v>
+        <v>549</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="H307" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>139</v>
+        <v>118</v>
       </c>
       <c r="D308" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E308" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F308" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="H308" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="D309" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E309" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F309" t="s">
-        <v>928</v>
+        <v>549</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="H309" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="D310" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E310" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F310" t="s">
-        <v>555</v>
+        <v>529</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="H310" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>151</v>
+        <v>127</v>
       </c>
       <c r="D311" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E311" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F311" t="s">
-        <v>928</v>
+        <v>979</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="H311" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>154</v>
+        <v>130</v>
       </c>
       <c r="D312" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E312" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F312" t="s">
-        <v>928</v>
+        <v>979</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="H312" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="D313" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E313" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F313" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="H313" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>160</v>
+        <v>136</v>
       </c>
       <c r="D314" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E314" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F314" t="s">
-        <v>988</v>
+        <v>24</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>989</v>
       </c>
       <c r="H314" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>991</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="D315" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="E315" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="F315" t="s">
-        <v>513</v>
+        <v>571</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>20</v>
+        <v>992</v>
       </c>
       <c r="H315" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="D316" t="s">
-        <v>994</v>
+        <v>890</v>
       </c>
       <c r="E316" t="s">
+        <v>891</v>
+      </c>
+      <c r="F316" t="s">
+        <v>951</v>
+      </c>
+      <c r="G316" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="F316" t="s">
-[...2 lines deleted...]
-      <c r="G316" s="1" t="s">
+      <c r="H316" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>997</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>148</v>
+      </c>
+      <c r="D317" t="s">
+        <v>890</v>
+      </c>
+      <c r="E317" t="s">
+        <v>891</v>
+      </c>
+      <c r="F317" t="s">
+        <v>571</v>
+      </c>
+      <c r="G317" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B317" t="s">
-[...5 lines deleted...]
-      <c r="D317" t="s">
+      <c r="H317" t="s">
         <v>999</v>
-      </c>
-[...10 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>151</v>
+      </c>
+      <c r="D318" t="s">
+        <v>890</v>
+      </c>
+      <c r="E318" t="s">
+        <v>891</v>
+      </c>
+      <c r="F318" t="s">
+        <v>951</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>154</v>
+      </c>
+      <c r="D319" t="s">
+        <v>890</v>
+      </c>
+      <c r="E319" t="s">
+        <v>891</v>
+      </c>
+      <c r="F319" t="s">
+        <v>951</v>
+      </c>
+      <c r="G319" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="B318" t="s">
-[...2 lines deleted...]
-      <c r="C318" t="s">
+      <c r="H319" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>157</v>
+      </c>
+      <c r="D320" t="s">
+        <v>890</v>
+      </c>
+      <c r="E320" t="s">
+        <v>891</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>160</v>
+      </c>
+      <c r="D321" t="s">
+        <v>890</v>
+      </c>
+      <c r="E321" t="s">
+        <v>891</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>163</v>
+      </c>
+      <c r="D322" t="s">
+        <v>890</v>
+      </c>
+      <c r="E322" t="s">
+        <v>891</v>
+      </c>
+      <c r="F322" t="s">
+        <v>529</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>166</v>
+      </c>
+      <c r="D323" t="s">
+        <v>890</v>
+      </c>
+      <c r="E323" t="s">
+        <v>891</v>
+      </c>
+      <c r="F323" t="s">
+        <v>556</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>10</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F324" t="s">
+        <v>755</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>10</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
         <v>23</v>
       </c>
-      <c r="D318" t="s">
-[...12 lines deleted...]
-        <v>1006</v>
+      <c r="D326" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1033</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -12001,50 +12290,58 @@
     <hyperlink ref="G294" r:id="rId293"/>
     <hyperlink ref="G295" r:id="rId294"/>
     <hyperlink ref="G296" r:id="rId295"/>
     <hyperlink ref="G297" r:id="rId296"/>
     <hyperlink ref="G298" r:id="rId297"/>
     <hyperlink ref="G299" r:id="rId298"/>
     <hyperlink ref="G300" r:id="rId299"/>
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>